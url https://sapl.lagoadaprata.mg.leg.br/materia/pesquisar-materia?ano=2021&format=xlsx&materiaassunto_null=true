--- v0 (2025-11-03)
+++ v1 (2026-02-07)
@@ -51,285 +51,285 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>6492</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ANTEP</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
-    <t>SARGENTO WASHINGTON</t>
+    <t>Sargento Washington</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6492/anteprojeto_01-2021_washington_-_conselho_municipal_dos_direitos_da_mulher_01-02_primeiro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação do Conselho Municipal dos Direitos da Mulher – CMDM.</t>
   </si>
   <si>
     <t>6549</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>HERMANO FOFÃO</t>
+    <t>Hermano Fofão</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6549/anteprojeto_002-2021_-_hermano_-_modifica_lei_984-2001_-_praia_-_pesca.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal 984 de 12 de setembro de 2001.</t>
   </si>
   <si>
     <t>6550</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>CAROL CASTRO</t>
+    <t>Carol Castro</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6550/anteprojeto_03-2021_carol_-_carteira_de_identificacao_do_autista_-_22-02.pdf</t>
   </si>
   <si>
     <t>Institui a Carteira de Identificação do Autista (CIA) no Município de Lagoa da Prata - MG.</t>
   </si>
   <si>
     <t>6617</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Toninho da Laje</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6617/anteprojeto_004-2021_-_toninho_da_laje_-_academias_essenciais.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento da prática de         atividade física como essencial para a saúde da      população e declara a essencialidade dos                 estabelecimentos de prestação de serviços de        atividade física ou Educação Física, públicos ou      privados, no âmbito do Município de Lagoa da Prata.</t>
   </si>
   <si>
     <t>6650</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>LISA</t>
+    <t>Lisa Miranda</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6650/anteprojeto_005-2021_-_lisa_-_isencao_iptu_03-05.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a não incidência do Imposto Sobre a Propriedade Predial e Territorial Urbana – IPTU - no Município de Lagoa da Prata, nos casos que          menciona.</t>
   </si>
   <si>
     <t>6698</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6698/anteprojeto_006-2021_-_carol_-_institui_o_mes_maio_laranja_24-05.pdf</t>
   </si>
   <si>
     <t>INSTITUI O MÊS “MAIO LARANJA” SOBRE A IMPORTÂNCIA DA CONSCIENTIZAÇÃO, PREVENÇÃO, ORIENTAÇÃO E COMBATE AO ABUSO E EXPLORAÇÃO SEXUAL DE CRIANÇA E ADOLESCENTE.</t>
   </si>
   <si>
     <t>6699</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>LISA, Soninha</t>
+    <t>Lisa Miranda, Soninha</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6699/anteprojeto_007-2021_-_lisa_-_carteira_de_saude_da_mulher_24-05.pdf</t>
   </si>
   <si>
     <t>Institui a Carteira Municipal de Saúde da Mulher no Município de Lagoa da Prata.</t>
   </si>
   <si>
     <t>6714</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Soninha</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6714/anteprojeto_008-2021_-_soninha_-_curso_identificacao_maus-tratos_contra_criancas_31-05.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OFERTA DE CURSOS DE FORMAÇÃO COMPLEMENTAR, ANUAIS E OBRIGATÓRIOS, CUJOS CONTEÚDOS PROGRAMÁTICOS CONTERÃO TREINAMENTO E ORIENTAÇÃO PARA A IDENTIFICAÇÃO DE MAUS-TRATOS E ABUSOS SEXUAIS PRATICADOS CONTRA CRIANÇA E ADOLESCENTE, AOS PROFESSORES E DEMAIS PROFISSIONAIS DA REDE MUNICIPAL DE EDUCAÇÃO, EM LAGOA DA PRATA.</t>
   </si>
   <si>
     <t>6791</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6791/anteprojeto_009-2021_-_carol_-_promocao_da_dignidade_menstrual_19-07.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para as ações de Promoção da Dignidade Menstrual e o fornecimento gratuito de absorventes higiênicos no Município de Lagoa da Prata.</t>
   </si>
   <si>
     <t>6792</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>HERMANO FOFÃO, Toninho da Laje</t>
+    <t>Hermano Fofão, Toninho da Laje</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6792/anteprojeto_010-2021_-_hermano_-_transito_avenida_brasil_19-07_2.pdf</t>
   </si>
   <si>
     <t>Proíbe o Trânsito de Veículos de Grande Porte na Avenida Brasil, situada no Município de Lagoa da Prata.</t>
   </si>
   <si>
     <t>6806</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6806/anteprojeto_011-2021_-_carol_-_conselho_de_protecao_animal_02-08.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho e o Fundo Municipal de Proteção e Bem-Estar Animal de Lagoa da Prata.</t>
   </si>
   <si>
     <t>6826</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6826/anteprojeto_012-2021_-_carol_-_notificacao_compulsoria_violencia_contra_mulher_09-08.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA NOTIFICAÇÃO COMPULSÓRIA DA VIOLÊNCIA CONTRA A MULHER.</t>
   </si>
   <si>
     <t>6842</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>SARGENTO WASHINGTON, CICI, LISA</t>
+    <t>Sargento Washington, Cici, Lisa Miranda</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6842/anteprojeto_013-2021_-_motoristas_de_app_16-08.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O USO DO SISTEMA VIÁRIO URBANO NO MUNICÍPIO DE LAGOA DA PRATA/MG PARA A PRESTAÇÃO DE SERVIÇOS DE TRANSPORTE INDIVIDUAL REMUNERADO DE PASSAGEIROS, POR MEIO DE PLATAFORMAS DE TECNOLOGIAS POR APLICATIVOS.</t>
   </si>
   <si>
     <t>6854</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6854/anteprojeto_014-2021_-_carol_-_banco_de_racao_animal_e_utensilios_23-08.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Banco de Ração e Utensílios para Animais, no Município de Lagoa da Prata</t>
   </si>
   <si>
     <t>6903</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6903/anteprojeto_015-2021_-_lisa_miranda_-_distribuicao_de_fraldas_27-09.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre distribuição gratuita de fraldas descartáveis para deficientes e idosos, nas condições que especifica.</t>
   </si>
   <si>
     <t>6913</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>PAVIO</t>
+    <t>Pavio</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6913/anteprojeto_016-2021_-_pavio_-_distribuicao_de_cestas_natalinas_04-10.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal fornecer,    anualmente, Cestas Natalinas aos Empregados       Públicos Municipais.</t>
   </si>
   <si>
     <t>6934</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6934/anteprojeto_017-2021_-_carol_-_carteira_de_identificacao_fibromialgia_-_11-10.pdf</t>
   </si>
   <si>
     <t>Institui a Carteira de Identificação das Pessoas Acometidas pela Fibromialgia e estabelece prioridade de atendimento a estas, no Município de Lagoa da Prata - MG.</t>
   </si>
   <si>
     <t>6935</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>CICI</t>
+    <t>Cici</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6935/anteprojeto_018-2021_-_cici_-_prazo_fechamento_vala_ou_buraco_nas_vias_e_calcadas_11-10.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade do conserto de valas e buracos abertos nas vias públicas, no âmbito do Município de Lagoa da Prata.</t>
   </si>
   <si>
     <t>6973</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6973/anteprojeto_019-2021_-_carol_castro_-_direito_atendimento_em_libras_01-11.pdf</t>
   </si>
   <si>
     <t>ASSEGURA ÀS PESSOAS SURDAS O DIREITO A ATENDIMENTO POR SERVIDOR CAPACITADO EM LÍNGUA BRASILEIRA DE SINAIS – LIBRAS, NOS ÓRGÃOS E ENTIDADES DA ADMINISTRAÇÃO PÚBLICA DIRETA E INDIRETA DO MUNICÍPIO DE LAGOA DA PRATA - MG</t>
   </si>
   <si>
     <t>6985</t>
   </si>
   <si>
     <t>20</t>
   </si>
@@ -378,51 +378,51 @@
   <si>
     <t>6769</t>
   </si>
   <si>
     <t>ANTEC</t>
   </si>
   <si>
     <t>Anteprojeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6769/anteprojeto_de_lei_complementar_001-2021_-_soninha_-_reducao_de_iss_-_entretenimento_28-06.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 42, DE 31 DE DEZEMBRO DE 2001, QUE INSTITUI O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE LAGOA DA PRATA</t>
   </si>
   <si>
     <t>6445</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>LEANDRO BIBIANO</t>
+    <t>Leandro Bibiano</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6445/indicacao_001-2021_-_leandro_-_limpeza_lotes_centro_11-01_2.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-assinado indica ao Executivo Municipal, na forma regimental, a necessidade de se fiscalizar e determinar a limpeza dos lotes situados no centro do Município de Lagoa da Prata.</t>
   </si>
   <si>
     <t>6446</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6446/indicacao_002-2021_-_leandro_-_ponte_corrego_pitico_11-01_1.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, na forma regimental, indica ao Executivo Municipal a necessidade de se executar obra para reforma da “ponte” sobre o Córrego do “Pitico”, localizado na ESTRADA DO RETIRO DE BAIXO, Zona Rural de Lagoa da Prata/MG.</t>
   </si>
   <si>
     <t>6447</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6447/indicacao_003-2021_-_lisa_-_limpeza_martins_guimaraes_11-01.pdf</t>
   </si>
   <si>
     <t>A Vereadora infra-assinada indica ao Executivo Municipal, na forma regimental, a necessidade de se realizar uma limpeza geral no Distrito de Martins Guimarães, bem como a limpeza e manutenção da Praça Pública situada no referido Distrito.</t>
   </si>
@@ -1237,51 +1237,51 @@
   <si>
     <t>Revisa os Valores dos Subsídios dos Agentes Políticos do Município de Lagoa da Prata.</t>
   </si>
   <si>
     <t>6493</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6493/projeto_de_lei_cm_002-2021_-_da_nome_ubs_americo_silva_i_-_lisa.pdf</t>
   </si>
   <si>
     <t>Dá nome à Unidade Básica de Saúde I – UBS I – do  Bairro Américo Silva, do Município de Lagoa da Prata, que passa a se denominar Unidade Básica de Saúde Balduíno Bernardes Amorim - Sr. Dudu.</t>
   </si>
   <si>
     <t>6521</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6521/projeto_de_lei_cm_no_3-2021_-_diaria_viagem_-_vereadores_e_empregados_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PAGAMENTO DE DIÁRIA DE VIAGEM A VEREADORES E EMPREGADOS PÚBLICOS DA      CÂMARA MUNICIPAL DE LAGOA DA PRATA.</t>
   </si>
   <si>
     <t>6649</t>
   </si>
   <si>
-    <t>SARGENTO WASHINGTON, CICI</t>
+    <t>Sargento Washington, Cici</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6649/projeto_de_lei_cm_004-2021_-_washington_e_cici_-_divulgacao_vacinados_covid-19.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da publicação diária da listagem de todos os vacinados contra a COVID-19 no Município de Lagoa da Prata.</t>
   </si>
   <si>
     <t>6663</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6663/projeto_de_lei_cm_005-2021_sargento_washington_-_regulamenta_capina_10-05.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A CAPINA QUÍMICA, ELÉTRICA E DE OUTRAS FORMAS, NAS ÁREAS QUE MENCIONA, NO ÂMBITO DO MUNICÍPIO DE LAGOA DA PRATA – MG.</t>
   </si>
   <si>
     <t>6677</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6677/projeto_de_lei_cm_006-2021_-_toninho_da_laje_-_altera_a_lei_2828-2016_-_taxi.pdf</t>
   </si>
   <si>
     <t>Revoga o Inciso II do Art. 7º da Lei Municipal nº 2.828, de 1º de agosto de 2016.</t>
   </si>
@@ -1324,63 +1324,63 @@
   <si>
     <t>7022</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>6511</t>
   </si>
   <si>
     <t>PLC-C</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - CM</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6511/projeto_de_lei_complementar_cm_001-2021_-_mesa_diretora_-_altera_lcm_49-2005.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar Municipal nº 49/2005 que Instituiu o Quadro de Pessoal da Câmara Municipal.</t>
   </si>
   <si>
     <t>6697</t>
   </si>
   <si>
-    <t>SARGENTO WASHINGTON, LISA, Toninho da Laje</t>
+    <t>Sargento Washington, Lisa Miranda, Toninho da Laje</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6697/projeto_de_lei_complementar_cm_002-2021_-_altera_plano_diretor_-_poeira_-_sargento_washington_4.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar Municipal nº 176/2.017, que dispõe Sobre a Instituição do Plano Diretor do Município de Lagoa da Prata.</t>
   </si>
   <si>
     <t>6912</t>
   </si>
   <si>
-    <t>SARGENTO WASHINGTON, Toninho da Laje</t>
+    <t>Sargento Washington, Toninho da Laje</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6912/projeto_de_lei_complementar_cm_003_-_sargento_washington_-_sucata_04-10.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 5, de 15 de julho de 1991, que Institui o Código de Posturas do Município de Lagoa da Prata.</t>
   </si>
   <si>
     <t>6438</t>
   </si>
   <si>
     <t>PLC-E</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Complementar - EM </t>
   </si>
   <si>
     <t>DI GIANNE DE OLIVEIRA NUNES</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6438/plc_em_1-2021_-_guarda_municipal_para_atuar_em_fiscalizacao_de_posturas_e_vigilancia_sanitaria.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DELEGAÇÃO DE COMPETÊNCIA AOS INTEGRANTES DA GUARDA CIVIL MUNICIPAL PARA ATUAR NA FISCALIZAÇÃO DE POSTURAS MUNICIPAIS E DE VIGILÂNCIA SANITÁRIA</t>
   </si>
@@ -2968,51 +2968,51 @@
   <si>
     <t>Revisa os Valores dos Vencimentos dos Empregados Públicos da Câmara Municipal de Lagoa da Prata, nos termos do Inciso X do Artigo 37 da CR/1988 e da Lei Municipal nº 2.198/2014.</t>
   </si>
   <si>
     <t>6466</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6466/projeto_de_resolucao_no_002-2021_-_mesa_diretora_-_altera_horario_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução nº 462/2004 – Regimento Interno da Câmara Municipal.</t>
   </si>
   <si>
     <t>6824</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6824/projeto_de_resolucao_no_005-2021_-_mesa_diretora_-_referenda_orcamento_camara_2022.pdf</t>
   </si>
   <si>
     <t>“REFERENDA DESPESA PARA O ORÇAMENTO DA CÂMARA MUNICIPAL DE LAGOA DA PRATA PARA O EXERCÍCIO DE 2022”.</t>
   </si>
   <si>
     <t>6864</t>
   </si>
   <si>
-    <t>CAROL CASTRO, CICI, HERMANO FOFÃO, LEANDRO BIBIANO, LISA, PAVIO, SARGENTO WASHINGTON, Soninha, Toninho da Laje</t>
+    <t>Carol Castro, Cici, Hermano Fofão, Leandro Bibiano, Lisa Miranda, Pavio, Sargento Washington, Soninha, Toninho da Laje</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6864/projeto_de_resolucao_no_006-2021_-_todos_vereadores_-_nova_tribuna_popular.pdf</t>
   </si>
   <si>
     <t>Institui a Tribuna Popular e a Participação dos Cidadãos nos trabalhos das Comissões da Câmara Municipal.</t>
   </si>
   <si>
     <t>6865</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6865/projeto_de_resolucao_no_007-2021_-_vereadores_-_altera_regimento_interno.pdf</t>
   </si>
   <si>
     <t>Altera o Regimento Interno da Câmara Municipal de Lagoa da Prata.</t>
   </si>
   <si>
     <t>6917</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6917/projeto_de_resolucao_no_008-2021_-_cidadao_reginaldo_lopes_-_carol.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário a Reginaldo Lázaro de Oliveira Lopes.</t>
   </si>
@@ -3070,51 +3070,51 @@
   <si>
     <t>Concede Título de Cidadão Honorário ao Tenente PM Luciano Couto.</t>
   </si>
   <si>
     <t>6924</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6924/projeto_de_resolucao_no_015-2021_-_santiago_-_cidadao_-_leandro.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário a Santiago dos Reis Silva.</t>
   </si>
   <si>
     <t>6925</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6925/projeto_de_resolucao_no_016-2021_-_cidada_-_debora_-_pavio.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Honorária a Débora Pereira Silva Ramalho.</t>
   </si>
   <si>
     <t>6926</t>
   </si>
   <si>
-    <t>CAROL CASTRO, CICI, LISA</t>
+    <t>Carol Castro, Cici, Lisa Miranda</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6926/projeto_de_resolucao_no_017-2021_-_ilidio_de_carvalho_-_elza.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha Ilídio de Carvalho a Elza Maria da Silva Brito.</t>
   </si>
   <si>
     <t>6823</t>
   </si>
   <si>
     <t>P-LOM</t>
   </si>
   <si>
     <t>Proposta de Emenda LOM</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6823/proposta_de_emenda_a_lom_no_01-2021.pdf</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVOS DA LEI ORGÂNICA DO MUNICÍPIO DE LAGOA DA PRATA”.</t>
   </si>
   <si>
     <t>6439</t>
   </si>
@@ -3233,51 +3233,51 @@
   <si>
     <t>A Vereadora infra-assinada, na forma regimental e consultado o Plenário, requer a Vossa Excelência que se envie ofício ao Chefe do Poder Executivo Municipal encaminhando o presente Requerimento, que solicita à Secretária Municipal de Saúde, Margarete Borges de Lacerda Dias, bem como ao Secretário de Administração e Governo, Lucas Rafael Gontijo de Melo, que informem a esta Casa se há possibilidade de se mudar o horário de atendimento da Farmácia Municipal, de forma que seja feito também na parte da manhã, realizando um revezamento entre os servidores que trabalham no local enquanto perdurar a Pandemia do Coronavírus.</t>
   </si>
   <si>
     <t>6456</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6456/requerimento_013-2021_-_toninho_da_laje_-_sinalizacao_de_transito_18-01_1.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, na forma regimental e consultado o Plenário, requer a Vossa Excelência que seja enviado ao Chefe do Poder Executivo Municipal ofício             encaminhando o presente Requerimento, solicitando ao Secretário de Administração e        Governo, Lucas Rafael Gontijo de Melo, que informe se há possibilidade de se contratar, o mais breve possível, empresa para realizar a reforma, manutenção e melhorias na sinalização horizontal e vertical de trânsito nas vias públicas do município.</t>
   </si>
   <si>
     <t>6457</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6457/requerimento_014-2021_-_pavio_-_reforma_estradas_mirandas_18-01_1.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, na forma regimental, requer a Vossa Excelência, consultado o Plenário, seja enviado ofício ao Chefe do Poder Executivo Municipal encaminhando o presente Requerimento, que solicita ao Secretário de Obras e Urbanismo, Sr. Reginaldo Henrique Santos, que informe a esta Casa se há possibilidade de se realizar intervenções ou passar a máquina patrol visando melhorar as condições do piso da estrada vicinal, bem como a troca das manilhas que fazem a captação de águas pluviais, nas proximidades do “Queima Rancho”, que dá acesso à Comunidade dos Mirandas, situada na zona rural neste Município.</t>
   </si>
   <si>
     <t>6458</t>
   </si>
   <si>
-    <t>HERMANO FOFÃO, Soninha</t>
+    <t>Hermano Fofão, Soninha</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6458/requerimento_015-2021_-_hermano_e_soninha_-_adiamento_discussao_e_votacao_21-01.pdf</t>
   </si>
   <si>
     <t>Servimo-nos do presente, com fulcro no Artigo 164 do Regimento Interno desta Casa, para requerer o adiamento da discussão e votação do Projeto de Lei CM nº 1/2021, que  “Revisa os Valores dos Subsídios dos Agentes Políticos do Município de Lagoa da Prata”, que se daria na Reunião Ordinária de hoje.</t>
   </si>
   <si>
     <t>6468</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6468/requerimento_016-2021_-_todos_-_medalha_25-01.pdf</t>
   </si>
   <si>
     <t>Os Vereadores infra-assinados, nos termos do Artigo 3º da Resolução desta Casa de nº 495/2005, que “Cria a Medalha de Honra ao Mérito Feminino Osmari Clarinda de Oliveira e contém outras providências”, alterada pela Resolução nº 587/2009, vêm apresentar os nomes das mulheres a serem agraciadas com a referida comenda para aprovação do Plenário._x000D_
 _x000D_
  		As homenageadas serão as seguintes mulheres:_x000D_
 		DÉBORA PEREIRA DA SILVA RAMALHO – indicada pelo Vereador Hermano Fofão;_x000D_
 		EUNICE PEREIRA – indicada pela Vereadora Carol Castro;_x000D_
 		FRANCISCA ESTERLINA DE ASSIS – indicada pelo Vereador Leandro Bibiano;_x000D_
 		JOANA DARCK FLORÊNCIO – indicada pela Vereadora Soninha;_x000D_
 		LUZIA TAVARES DE REZENDE – indicada pelo Vereador Cici;_x000D_
 		MARIA DO ROSÁRIO DE FÁTIMA BESSAS – indicada pela Vereadora Lisa Miranda; _x000D_
 		TERESINHA SILVEIRA SANTOS CASTRO – indicada pelo Vereador Toninho da Laje;_x000D_
 		VILMA APARECIDA DE MELO – indicada pelo Vereador Sargento Washington;_x000D_
@@ -3319,51 +3319,51 @@
   <si>
     <t>A Vereadora infra-assinada, na forma regimental, requer a Vossa Excelência, consultado o Plenário, que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento que solicita ao Secretário de Administração e Governo, Lucas Rafael Gontijo de Melo, bem como ao Secretário de Obras e Urbanismo, Reginaldo Henrique Santos, que informem a esta Casa se há possibilidade de se colocar uma rotatória no encontro da Rua Dr. Alexandrino com a Av. Dona Rosa Maciel, em frente ao número 333, no Bairro Santa Helena, nesta cidade.</t>
   </si>
   <si>
     <t>6473</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6473/requerimento_021-2021_-_sargento_washington_-_gastos_com_a_justica_do_trabalho_25-01.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, na forma regimental e consultado o Plenário, requer a Vossa Excelência que seja enviado ao Chefe do Poder Executivo Municipal, ofício encaminhando o presente Requerimento que solicita à Procuradoria do Município que informe a esta Casa, sobre a possibilidade de se realizar um estudo de referência relativo à quantidade de processos que tramitam na Justiça do Trabalho, onde o Município de Lagoa da Prata é réu na ação, bem como a viabilidade de se fornecer uma estimativa das custas processuais, possibilitando o cálculo médio do impacto dessas demandas aos cofres públicos.</t>
   </si>
   <si>
     <t>6474</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6474/requerimento_022-2021_-_carol_-_transporte_publico_25-01.pdf</t>
   </si>
   <si>
     <t>A Vereadora infra-assinada, na forma regimental e consultado o Plenário, requer a Vossa Excelência que seja enviado ao Chefe do Poder Executivo Municipal ofício               encaminhando o presente Requerimento, que solicita ao Secretário de Administração e          Governo, que informe a esta Casa, se há possibilidade de realizar-se um estudo detalhado a    respeito dos custos do transporte coletivo público local, bem como a viabilidade de conceder-se subsídio à(s) empresa(s) concessionária(s) do serviço.</t>
   </si>
   <si>
     <t>6475</t>
   </si>
   <si>
-    <t>HERMANO FOFÃO, CAROL CASTRO, Soninha</t>
+    <t>Hermano Fofão, Carol Castro, Soninha</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6475/requerimento_023-2021_-_hermano_-_carol_e_soninha_-_retirada_de_projeto_25-01.pdf</t>
   </si>
   <si>
     <t>Servimo-nos do presente, com fulcro no § 2º do Art. 88 do Regimento Interno desta Casa, para requerer a retirada de tramitação do Projeto de Lei CM nº 1/2021 que  “Revisa os Valores dos Subsídios dos Agentes Políticos do Município de Lagoa da Prata.”_x000D_
 		_x000D_
 		Deferido o Requerimento, que seja o referido Projeto de Lei encaminhado ao arquivo.</t>
   </si>
   <si>
     <t>6486</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6486/requerimento_024-2021_-_lisa_-_inundacoes_bairro_gomes_01-02.pdf</t>
   </si>
   <si>
     <t>A Vereadora infra-assinada, na forma regimental e consultado o Plenário, requer a Vossa Excelência que seja enviado ofício ao Diretor do Serviço Autônomo de Água e Esgoto de Lagoa da Prata - SAAE-LP, Sr. Edmilson José da Lage, solicitando que informe a esta Casa se há previsão para a execução das obras de drenagem pluvial na Travessa Zino Gomes, no Bairro Gomes, nesta cidade.</t>
   </si>
   <si>
     <t>6487</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6487/requerimento_025-2021_-_leandro_-_recapeamento_almirante_t_-_01-02.pdf</t>
   </si>
   <si>
@@ -4430,51 +4430,51 @@
   <si>
     <t>6748</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6748/requerimento_134-2021_-_toninho_da_laje_-_cursos_para_costura_21-06.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, na forma regimental e consultado o Plenário, requer a    Vossa Excelência que seja enviado ao Chefe do Poder Executivo Municipal ofício encaminhando o presente Requerimento, solicitando ao Secretário de Desenvolvimento     Econômico, Rogério César Corgosinho, que informe a esta Casa se há possibilidade de disponibilizar cursos profissionalizantes e treinamentos por meio de ações/programas de      capacitação, pelos órgãos pertinentes, com a finalidade de capacitar os munícipes que queiram trabalhar nas fábricas, voltadas para Baby Dol em geral, peças íntimas, camisola, que são áreas que estão crescendo e está faltando costureira para overloque e galoneira no município.</t>
   </si>
   <si>
     <t>6749</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, na forma regimental e consultado o Plenário, requer a Vossa Excelência que se envie ofício ao Chefe do Poder Executivo Municipal encaminhando o presente Requerimento, que solicita à Secretária Municipal de Fazenda, Nivia Maria de Melo, bem como ao Secretário de Administração, Sr. Lucas Rafael Gontijo de Melo, que informem a esta Casa se há possibilidade de se fazer um estudo para o envio de um Projeto de Lei que garanta isenção das taxas e impostos municipais aos prestadores de serviço de transporte escolar, devidamente inscritos no cadastro do município, enquanto perdurar a Pandemia do Coronavírus.</t>
   </si>
   <si>
     <t>6750</t>
   </si>
   <si>
     <t>A Vereadora infra-assinada, na forma regimental, requerer a Vossa Excelência, consultado o Plenário, que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento, que solicita à Secretária Municipal de Saúde, Margarete Borges de Lacerda Dias, que informe a esta Casa se há possibilidade de se realizar um estudo para aumentar a quantidade estimada de Consultas Médicas a serem contratadas via Credenciamento, de forma que mais médicos se interessem pela prestação do serviço, bem como se aumente o número de consultas oferecidas à população, mesmo mantendo a quantidade de médicos credenciados.</t>
   </si>
   <si>
     <t>6751</t>
   </si>
   <si>
-    <t>Toninho da Laje, CICI, SARGENTO WASHINGTON</t>
+    <t>Toninho da Laje, Cici, Sargento Washington</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6751/requerimento_137-2021_-_toninho-cici-washington_-_retirada_do_projeto_cm_5.pdf</t>
   </si>
   <si>
     <t>Senhora Presidente, Servimo-nos do presente, com fulcro no § 4º do Art. 88 do Regimento Interno desta Casa, para requerer a retirada de tramitação do Projeto de Lei CM nº 5/2021 que “Regulamenta a Capina Química, Elétrica e de outras formas, nas áreas que menciona, no âmbito do Município de Lagoa da Prata.” Deferido o Requerimento, que seja o referido Projeto de Lei encaminhado ao arquivo</t>
   </si>
   <si>
     <t>6752</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6752/requerimento_138-2021_-_pavio_-_fiscalizacao_limpeza_lotes_28-06.pdf</t>
   </si>
   <si>
     <t>Senhora Presidente, O Vereador infra-assinado, na forma regimental, requer a Vossa Excelência, consultado o Plenário, que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento que solicita ao Secretário de Administração e Governo, Sr. Lucas Rafael Gontijo de Melo, que informe a esta Casa se há possibilidade de se realizar a fiscalização, notificação dos particulares responsáveis pelos imóveis vagos, localizados no Bairro Rodolfo Pio, para a devida limpeza, em cumprimento ao disposto na Lei Complementar Municipal nº 87/2010, que obriga proprietário de lote, inclusive o Município, a fechar, limpar e de construir calçada à sua frente, bem como se há possibilidade de se executar a limpeza dos lotes e cobrar dos particulares.</t>
   </si>
   <si>
     <t>6753</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6753/requerimento_139-2021_-_leandro_-_recapeamento_almirante_t_-_28-06.pdf</t>
   </si>
   <si>
     <t>Sra. Presidente, O Vereador infra-assinado, na forma regimental, requer a Vossa Excelência, consultado o Plenário, que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento que solicita ao Secretário de Administração e Governo, Lucas Rafael Gontijo de Melo, bem como ao Secretário de Obras e Urbanismo, Reginaldo Henrique Santos, que informem a esta Casa se há possibilidade de se recapear o piso da Rua Almirante Tamandaré, no trecho compreendido entre a Rua Joaquim Gomes Pereira até o final de sua extensão, próximo a uma associação _x000D_
  recreativa, no bairro Mangabeiras, nesta cidade.</t>
@@ -6658,51 +6658,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6492/anteprojeto_01-2021_washington_-_conselho_municipal_dos_direitos_da_mulher_01-02_primeiro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6549/anteprojeto_002-2021_-_hermano_-_modifica_lei_984-2001_-_praia_-_pesca.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6550/anteprojeto_03-2021_carol_-_carteira_de_identificacao_do_autista_-_22-02.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6617/anteprojeto_004-2021_-_toninho_da_laje_-_academias_essenciais.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6650/anteprojeto_005-2021_-_lisa_-_isencao_iptu_03-05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6698/anteprojeto_006-2021_-_carol_-_institui_o_mes_maio_laranja_24-05.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6699/anteprojeto_007-2021_-_lisa_-_carteira_de_saude_da_mulher_24-05.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6714/anteprojeto_008-2021_-_soninha_-_curso_identificacao_maus-tratos_contra_criancas_31-05.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6791/anteprojeto_009-2021_-_carol_-_promocao_da_dignidade_menstrual_19-07.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6792/anteprojeto_010-2021_-_hermano_-_transito_avenida_brasil_19-07_2.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6806/anteprojeto_011-2021_-_carol_-_conselho_de_protecao_animal_02-08.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6826/anteprojeto_012-2021_-_carol_-_notificacao_compulsoria_violencia_contra_mulher_09-08.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6842/anteprojeto_013-2021_-_motoristas_de_app_16-08.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6854/anteprojeto_014-2021_-_carol_-_banco_de_racao_animal_e_utensilios_23-08.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6903/anteprojeto_015-2021_-_lisa_miranda_-_distribuicao_de_fraldas_27-09.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6913/anteprojeto_016-2021_-_pavio_-_distribuicao_de_cestas_natalinas_04-10.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6934/anteprojeto_017-2021_-_carol_-_carteira_de_identificacao_fibromialgia_-_11-10.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6935/anteprojeto_018-2021_-_cici_-_prazo_fechamento_vala_ou_buraco_nas_vias_e_calcadas_11-10.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6973/anteprojeto_019-2021_-_carol_castro_-_direito_atendimento_em_libras_01-11.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6985/anteprojeto_020-2021_-_lisa_miranda_-_programa_pro_mulher_16-11.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6994/anteprojeto_021-2021_-_sargento_washington_-_universalizacao_bibliotecas_municipais.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6996/anteprojeto_022-2021_-_cici_-_incentivo_a_reincercao_social_de_dependentes_quimicos_20-11.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7016/anteprojeto_023-2021_-_lisa_-_obrigatoriedade_de_curso_de_primeiros_socorros_13-12.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6769/anteprojeto_de_lei_complementar_001-2021_-_soninha_-_reducao_de_iss_-_entretenimento_28-06.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6445/indicacao_001-2021_-_leandro_-_limpeza_lotes_centro_11-01_2.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6446/indicacao_002-2021_-_leandro_-_ponte_corrego_pitico_11-01_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6447/indicacao_003-2021_-_lisa_-_limpeza_martins_guimaraes_11-01.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6448/indicacao_004-2021_-_lisa_-_poste_energia_11-01.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6449/indicacao_005-2021_-_soninha_-_placas_nome_ruas_11-01.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6459/indicacao_006-2021_-_lisa_-_policiamento_ostensivo_18-01.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6460/indicacao_007-2021_-_pavio_-_tapar_buraco_via_publica_18-01.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6476/indicacao_008-2021_-_leandro_-_faixa_de_pedestres_rua_joaquim_gomes_pereira_25-01.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6477/indicacao_009-2021_-_soninha_-_limpeza_dos_bueiros_25-01.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6478/indicacao_010-2021_-_carol_-_iluminacao_via_publica_25-01.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6491/indicacao_011-2021_-_washington_-_rotatorias_e_sinalizacao_de_solo_01-02.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6503/indicacao_012-2021_-_pavio_-_desinfeccao_08-02.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6504/indicacao_013-2021_-_pavio_-_iluminacao_via_publica_08-02.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6506/indicacao_014-2021_-_carol_-_placas_nas_pracas__08-02.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6507/indicacao_015-2021_-_washington_-_mudanca_de_local_de_semaforo__08-02_1.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6508/indicacao_016-2021_-_leandro_bibiano_-_escoamento_de_agua_08-02_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6527/indicacao_017-2021_-_leandro_bibiano_-_rotatoria_joaquim_gomes_pereira_08-02.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6528/indicacao_018-2021_-_pavio_-_adesivos_veiculos_executivo_15-02.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6529/indicacao_019-2021_-_pavio_-_iluminacao_saida_para_luz_15-02.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6530/indicacao_020-2020_-_sargento_washington_-_buraco_na_cecilio_bernardes_-_22-02.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6531/indicacao_021-2021_-_leandro_bibiano_-_quadra_bairro_gomes_22-02_1.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6532/indicacao_022-2021_-_pavio_-_reforma_da_capela_da_garagem_prefeitura_22-02.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6533/indicacao_023-2021_-_pavio_-_iluminacao_praca_dona_zaza_22-02.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6560/indicacao_024-2021_-_leandro_bibiano_-_coletores_de_lixo_01-03.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6570/indicacao_025-2020_-_sargento_washington_-_agua_na_porta_do_sgt_ricardo_08-03_jr.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6571/indicacao_026-2021_-_hermano_-_castracao_08-03.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6582/indicacao_027-2021_-_leandro_-_receitas_em_duas_vias_15-03.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6597/indicacao_028-2021_-_carol_-_placas_protecao_reparticoes_publicas_05-04.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6608/indicacao_029-2021-_pavio-retirada_de_eucalipitos_12-04.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6609/indicacao_030-2021_-_leandro_bibiano_-_iluminacao_bairro_mangabeiras_12-04.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6611/indicacao_032-2021_-_soninha_-_transporte_publico_-_12-04.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6612/indicacao_033-2021_-_hermano_-_limpeza_vias_12-04.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6613/indicacao_034-2021_-_hermano_-_aguas_pluviais_12-04.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6622/indicacao_035-2021_-_pavio_-_rotatoria_rua_sete_de_setembro_19-04.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6623/indicacao_036-2021_-_pavio_-_poste_na_rua_divinopolis_19-04.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6630/indicacao_037-2021_-_washington_-_passagem_elevada_av._brasil_26-04.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6642/indicacao_038-2021_-_soninha_-_odontomovel_03-05.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6643/indicacao_039-2021_-_lisa_-_poda_ou_corte_das_arvores_da_secretaria_de_saude_03-05.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6644/indicacao_040-2021_-_washington_-_rotatorias_e_sinalizacao_de_solo_03-05.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6645/indicacao_041-2021_-_washington_-_rotatorias_e_sinalizacao_de_solo_03-05.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6661/indicacao_042-2021_-_pavio_-_redutores_de_velocidades_10-05.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6662/indicacao_043-2021_-_sargento_washington_-_redutores_de_velocidades_10-05.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6690/indicacao_044-2021_-_washington_-_barras_fixas_24-05.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6706/indicacao_045-2021_-_toninho_-_suporte_para_soro_31-05.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6707/indicacao_046-2021_-_pavio_-_rotatoria_luiz_guadalupe_-_fbp_31-05.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6708/indicacao_047-2021_-_soninha_-_tapa-buracos_31-05.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6709/indicacao_048-2021_-_soninha_-_academia_ao_ar_livre_praia_municipal_31-05.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6710/indicacao_049-2021_-_leandro_bibiano_-_corte_arvore_31-05.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6722/indicacao_050-2021_-_hermano_-_varal_praca_eventos_07-06.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6723/indicacao_051-2021_-_carol_-_passagem_elevada_embare_07-06.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6742/indicacao_052-2021_-_soninha_-_camera_olho_vivo_14-06.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6743/indicacao_053-2021_-_leandro_bibiano_-_troca_de_lampada_14-06.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6759/indicacao_054-2021_-_soninha_-_guardas_para_feira_livre_28-06.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6822/indicacao_055-2021_-_sargento_washington_-_faixa_elevada_pedestres_09-08.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6834/indicacao_056-2021_-_sargento_washington_-_implantacao_de_rotatoria_16-08.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6849/indicacao_057-2021_-_soninha_-_poltronas_teatro_23-08.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6850/indicacao_058-2021_-_carol_-_faixa_elevada_pedestres_23-08.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6861/indicacao_059-2021_-_leandro_bibiano_-_poste_energia_30-08.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6862/indicacao_060-2021_-_sargento_washington_-_implantacao_de_rotatoria_30-08.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6874/indicacao_061-2021_-_hermano_fofao_-_manutencao_quebra-molas_e_faixas_pedestres_06-09.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6893/indicacao_063-2021_-_hermano_fofao_-_barreira_para_escoamento_de_aguas_pluviais_20-09.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6902/indicacao_064-2021_-_washington_-_reforma_rotatoria_e_sinalizacao_27-09.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6959/indicacao_065-2021_-_toninho_da_laje_-_faixa_de_pedestres_rua_luiz_guadalupe_25-10.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6972/indicacao_066-2021_-_cici_-_implantacao_de_rotatoria_08-11.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6992/indicacao_067-2021_-_cici_-_implantacao_de_rotatoria_22-11.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6993/indicacao_068-2021_-_sargento_washington_-_implantacao_de_rotatoria_22-11.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7015/indicacao_069-2021_-_sargento_washington_-_faixa_elevada_pedestres_06-12.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6943/mocao_de_aplauso_001-2021-_hermano_-_deivid_miranda.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6974/mocao_de_aplausos_002-2021_-_carol_-_equipe_vacinacao_08-11.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7014/mocao_de_aplausos_003-2021_-_washington_lagoa_corre_1.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6467/projeto_de_lei_cm_001-2021_-_mesa_diretora_-_revisa_subsidios_agentes_politicos_1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6493/projeto_de_lei_cm_002-2021_-_da_nome_ubs_americo_silva_i_-_lisa.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6521/projeto_de_lei_cm_no_3-2021_-_diaria_viagem_-_vereadores_e_empregados_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6649/projeto_de_lei_cm_004-2021_-_washington_e_cici_-_divulgacao_vacinados_covid-19.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6663/projeto_de_lei_cm_005-2021_sargento_washington_-_regulamenta_capina_10-05.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6677/projeto_de_lei_cm_006-2021_-_toninho_da_laje_-_altera_a_lei_2828-2016_-_taxi.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6711/projeto_de_lei_cm_007-2021_-_lisa_miranda_-_junho_violeta_31-05.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6942/projeto_de_lei_cm_008-2021_-_pavio_-_uso_obrigatorio_do_brasao.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6995/projeto_de_lei_cm_009-2021_-_carol_-_doacao_saae_para_casa_da_uniao_22-11.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7011/projeto_de_lei_cm_010-2021_-_carol_-_da_nome_a_rua_em_martins_guimaraes_06-12.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6511/projeto_de_lei_complementar_cm_001-2021_-_mesa_diretora_-_altera_lcm_49-2005.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6697/projeto_de_lei_complementar_cm_002-2021_-_altera_plano_diretor_-_poeira_-_sargento_washington_4.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6912/projeto_de_lei_complementar_cm_003_-_sargento_washington_-_sucata_04-10.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6438/plc_em_1-2021_-_guarda_municipal_para_atuar_em_fiscalizacao_de_posturas_e_vigilancia_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6495/plc_em_2-2021_-_institui_recompensas_aos_policiais_da_guarda_civil_de_lagoa_da_prata.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6551/plc_em_3-2021-_fixa_piso_salarial_acs_e_ace_em_atendimento_a_lei_11.350.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6680/plc_em_4-2021__-_parcelamento_do_solo_condominio_chacaras_de_recreio_sob_a_forma_de_chacreamento.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6681/plc_em_5-2021_-_altera_a_lc_3-1991_procurador_adjunto_recrutamento_amplo.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6682/plc_em_6-2021_-_altera_a_lc_176-2017_redefinindo_zonas_de_uso_e_ocupacap_do_solo.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6732/plc_em_7-2021_-_altera_a_lc_176_plano_diretor_rotated.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6733/plc_em_8-2021_-_autoriza_escala_de_revezamento_12x36_e_24x72_rotated.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6734/plc_em_9-2021_-_lotacao_de_servidores_especilista_educacional_da_rede_municipal_de_ensino_rotated.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6863/plc_em_10-2021_-_altera_a_lc_184-2017_-_autoriza_a_contratar_aprendiz.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6896/plc_em_11-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7005/plc_em_12-2021_-_altera_o_plano_diretor_e_mapa_de_zoneamento.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7013/plc_em_13-2021_-_altera_a_lei_complementar_3-91_-_cria_vagas.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6461/pl_em_01-2021_-_concede_revisao_anual_a_servidores.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6462/pl_em_02-2021_-_penalidades_a_descumprimento_das_medidas_de_prevencao_ao_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6463/pl_em_03-2021_-_abre_credito_suplementar_ao_orcamento_vigente_-_r_395.65131.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6464/pl_em_04-2021_-_abre_credito_suplementar_ao_orcamento_vigente__-_r_201.82706.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6479/pl_em_5-2021_-_abre_credito_adicional_especial_-_r700_mil.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6480/pl_em_6-2021_-_abre_credito_adicional_especial_r305_mil.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6481/pl_em_7-2021_-_abre_credito_suplementar_r_6.748.50598.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6482/pl_em_08-2021_-_abre_credito_adic_especial_r_42_mil.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6483/pl_em_09-2021_-_revoga_os_paragrafos_1_e_2_do_art._1_da_lei_3.279-2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6484/pl_em_10-2021_-_revoga_o_paragrafo_unico_do_art_1_e_altera_redacao_do_2_da_lei_municipal_1985-2011.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6485/pl_em_11-2021_-_dispoe_sobre_o_programa_municipal_de_parcerias_publico-privadas_e_concessoes_do_municipio_de_lagoa_da_prata_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6494/pl_em_12-2021_-_autoriza_o_executivo_a_conceder_contribuicao_a_undime-mg_no_ano_de_2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6505/pl_em_13-2021_-_abre_credito_suplementar_r_1.300.00000.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6509/pl_em_14-2021_-_abre_credito_suplementar_-_r_3.690.31500.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6510/pl_em_15-2021_-_abre_credito_suplementar_-_r_440_mil.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6512/pl_em_16-2021_-_abre_credito_suplementar_ao_orcamento_vigente__-_r_441_mil.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6513/pl_em_17-2021_-_abre_credito_adicional_especial_ao_orcamento__-_r_90.50000.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6514/pl_em_18-2021_-_abre_credito_adcional_especial_ao_orcamento_vigente_-_r6.50000.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6515/pl_em_19-2021_-_abre_credito_adicional_especial_ao_orcamento_vigente_-_r_474.13461.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6516/pl_em_20-2021_-_abre_credito_adicional_especial_ao_orcamento_-_r_73_mil.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6517/pl_em_21-2021_-_abre_credito_adicional_especial_ao_orcamento_vigente_-_r_3.600.00000.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6518/pl_em_22-2021_-_abre_credito_suplementar_ao_orcamento_vigente_-_r_1.306.29412.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6519/pl_em_23-2021_-_abre_credito_suplementar_ao_orcamento_vigente_-_r_160_mil.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6520/pl_em_24-2021__-_dispoe_sobre_a_criacao_do_conselho_do_fundeb.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6542/pl_em_25-2021_-_abre_credito_adicional_especial_-_r_190.22700.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6543/pl_em_26-2021_-_abre_credito_adicional_especial_-_r_700.00000.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6544/pl_em_27-2021_-_abre_credito_suplementar_-_r_1.244.40000.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6545/pl_em_28-2021_-_abre_credito_suplementar_-_r_4.000.00000.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6546/pl_em_29-2021_-_abre_credito_suplementar_-_r_250.00000.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6547/pl_em_30-2021_-_abre_credito_suplementar_-_r_500.00000.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6548/pl_em_31-2021_-_abre_credito_suplementar_-_r_700.00000.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6552/pl_em_32-2021_-_institui_o_conselho_de_desenvolvimento_economico_-_comdes-lp.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6553/pl_em_33-2021_-_inclui_paragrafos_ao_art._1_da_lei_1.119-2004_que_regulamenta_a_cessao_de_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6554/pl_em_34-2021_-_abre_credito_adicional_especial_-_r_53_mil.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6561/pl_em_35-2021_-_patrulha_guardia_lei_maria_da_penha.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6562/pl_em_36-2021_-_criacao_do_conselho_municipal_dos_direitos_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6572/pl_em_37-2021_-_ratifica_protocolo_de_intencoes__firmado_entre_municipios_adquirir_vacinas_combante_coronavirus..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6573/pl_em_38-2021_-_filiacao_ao_fnp.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6574/pl_em_39-2021_-_abre_credito_suplementar_-_r_100.00000.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6575/pl_em_40-2021_-_penalidades_por_descumprimento_as_medidas_preventivas_ao_covid_2.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6583/pl_em_41-2021_-_credito_suplementar_r_1.300.00000_cemae.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6584/pl_em_42-2021_-_credito_adicional_especial_-_r2.00000.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6585/pl_em_43-2021_-_credito_adicional_especial_-_r760.00000.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6586/pl_em_44-2021_-_credito_adicional_suplementar_-_r30.000.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6587/pl_em_45-2021_-_credito_suplementar_-_r50.000.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6588/pl_em_46-2021_-_credito_suplementar_-_r370.00000.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6589/pl_em_47-2021_-_carteira_de_identificacao_do_autista.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6590/pl_em_48-2021_-_auxilio_emergencial_correto.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6591/pl_em_49-2021_-_credito_suplementar_-_r_45.00000.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6592/pl_em_50-2021_-_credito_adicional_especial_-_r_40.00000.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6598/pl_em_51-2021_-_credito_suplementar_-_r_400.00000.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6599/pl_em_52-2021-_credito_suplementar_-_r_1.000.00000.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6600/pl_em_53-2021_-_credito_suplementar_-_r_180.00000_pedido_030-2021_-_planejamento.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6601/pl_em_54-2021_-_credito_suplementar_-_r_650.00000_pedido_033-2021_-_planejamento.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6614/pl_em_55-2021_-_credito_suplementar_-_r_220.00000.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6615/pl_em_56-2021_-_credito_suplementar_-_r_160.00000.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6616/pl_em_57-2021_-_credito_suplementar_-_r_230.00000.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6624/pl_em_58-2021_-_credito_suplementar_-_r_434.50000.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6631/pl_em_59-2021_-_credito_suplementar_-_r_787_mil.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6632/pl_em_60-2021_-_credito_suplementar_-_r_180_mil.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6633/pl_em_61-2021_-_credito_suplementar_-_r_270_mil.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6634/pl_em_62-2021_-_autoriza_a_doacao_de_bens_que_menciona_ascalp.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6646/pl_em_63-2021_-_credito_suplementar_-_r_330_mil.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6647/pl_em_64-2021_-_credito_suplementar_-_r_16_mil.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6648/pl_em_65-2021_-_credito_suplementar_-_r_586.43389.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6651/pl_em_66-2021_-_altera_a_lei_do_auxilio_emergencial.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6652/pl_em_67-2021_-_credito_suplementar_-_r_546_mil.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6664/pl_em_68-2021_-_filiacao_a_associacao_do_circuito_turistico_grutas__e_mar_de_minas.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6665/pl_em_69-2021_-_programa_banco_de_alimentos.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6666/pl_em_70-2021_-_credito_suplementar_r_600_mil.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6667/pl_em_71-2021_-_credito_suplementar_r_820_mil.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6668/pl_em_72-2021_-_credito_suplementar_r_70_mil.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6669/pl_em_73-2021_-_altera_a_lei_de_cosip.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6678/pl_em_74-2021_-_credito_suplementar_r_1.483.00000.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6679/pl_em_75-2021_-_ldo_2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6691/pl_em_76-2021_-_credito_especial_r_258_mil.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6692/pl_em_77-2021_-_credito_suplementar_r_5_mil.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6693/pl_em_78-2021_-_credito_suplementar_r_15_mil.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6694/pl_em_79-2021_-_credito_suplmentar_r_200_mil.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6695/pl_em_80-2021_-_atividades_esportivas_essenciais.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6696/pl_em_81-2021_-_pesca_esportiva_na_praia.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6712/pl_em_82-2021_-_credito_suplementar_-_r_1.200.00000.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6713/pl_em_83-2021_-_politica_habitacional_de_interesse_social_alienacao_de_imoveis.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6724/pl_em_84-2021__-_credito_suplementar_r_73.39689.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6725/pl_em_85-2021_-_credito_suplementar_r_18_mil_rotated.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6726/pl_em_86-2021_-_recolhimento_remocao_transporte_e_descarte_de_entulho_rotated.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6727/pl_em_87-2021_-_limpeza_manutencao_uso_e_ocupacao_dos_imoveis_do_municipio_de_lagoa_da_prata_rotated.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6728/pl_em_88-2021-_credito_suplementar_r_94.50000.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6730/pl_em_90-2021-_credito_suplementar_r_152.00000.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6731/pl_em_91-2021-_credito_especial_r59.53640.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6744/pl_em_92-2021_-_credito_suplementar_r_15.00000.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6762/pl_em_93-2021_-_maio_laranja.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6763/pl_em_94-2021-gratificacao_guardas_civis.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6764/pl_em_95-2021_-_adote_um_bem_publico.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6765/pl_em_96-2021_-_credito_suplementar_r75000000.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6766/pl_em_97-2021_-_credito_especial_r_94.50000.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6767/pl_em_98-2021_-_credito_suplementar_r_1.71000000.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6770/pl_em_99-2021-_abre_credito_adicional_especial_r20.00000.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6771/pl_em_100-2021_-_credito_suplementar_r_104.00000.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6773/pl_em_102-2021_-_credito_suplementar_r_70.00000.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6774/pl_em_103-2021_-_credito_suplementar_r_34.53000.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6775/pl_em_104-2021_-_credito_suplementar_r_600.00000.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6797/pl_em_105-2021_-_abre_credito_adicional_especial_r_200.00000.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6798/pl_em_106-2021_-_abre_credito_adicional_especial_r_100.00000.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6799/pl_em_107-2021_-_abre_credito_adicional_especial_r_120.00000.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6800/pl_em_108-2021_-_abre_credito_adicional_especial_r_153.0000.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6801/pl_em_109-2021_-_abre_credito_adicional_especial_r_60.00000.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6802/pl_em_110-2021_-_abre_credito_adicional_especial_r_762.00000.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6803/pl_em_111-2021_-_abre_credito_suplementar_r_91.05500.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6804/pl_em_112-2021_-_abre_credito_suplementar_r_90.00000.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6805/pl_em_113-2021_-_autoriza_a_doacao_de_bens.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6811/pl_em_114-2021_-_autoriza_o_executivo_a_conceder_subvencao_a_fundacao_sao_carlos.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6812/pl_em_115-2021_-_abre_credito_suplementar_r_436.00000.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6813/pl_em_116-2021_-_abre_credito_suplementar_r_830.40000.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6814/pl_em_117-2021_-_abre_credito_adicional_especial_r_95.00000.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6815/pl_em_118-2021_-_abre_credito_adicional_especial_r_115.70081.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6816/pl_em_119-2021_-_abre_credito_adicional_especial_r_300.00000.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6825/pl_em_120-2021_-_delimita_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6835/pl_em_121-2021_-_abre_credito_adicional_especial_r_13.05000.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6836/pl_em_122-2021_-_abre_credito_suplementar_r_300500.00.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6837/pl_em_123-2021_-_abre_credito_suplementar_conceder_subvebcao_r_180.00000.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6838/pl_em_124-2021_-_abre_credido_suplementar_r_180.00000.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6840/pl_em_126-2021_-_abre_credito_suplementar_conceder_subvencao_r_150.00000.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6841/pl_em_127-2021_-_abre_credito_adicional_especial_r115.70081.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6851/pl_em_128-2021_-_abre_credito_suplementar_r_250_mil.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6852/pl_em_129-2021_-_abre_credito_suplementar_r_273.05500.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6853/pl_em_130-2021__-_abre_credito_adicional_especial_r_5.35970.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6875/pl_em_131-2021_-_credito_suplementar_r_35_mil.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6876/pl_em_132-2021_-_credito_suplementar_r_150_mil.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6877/pl_em_133-2021_-_credito_suplementar_r_265_mil.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6878/pl_em_134-2021_-_credito_adicional_especial_r_251.44168.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6894/pl_em_135-2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6895/pl_em_136-2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6904/pl_em_137-2021_-_credito_suplementar_r_200_mil.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6905/pl_em_138-2021_-_credito_suplementar_r_562_mil.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6906/pl_em_139-2021_-_credito_suplementar_r_150_mil.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6907/pl_em_140-2021_-_credito_suplementar_r_63_mil.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6908/pl_em_141-2021_credito_suplementar_r_135_mil.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6909/pl_em_142-2021_credito_suplementar_r_25_mil.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6910/pl_em_143-2021_-_autoriza_o_executivo_municipal_a_doar_imovel_que_menciona.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6911/pl_em_144-2021_-_autoriza_o_executivo_a_outorgar_concessao_dos_servicos_de_manutencao_dos_cemiterios_publicos_permissao_para_instalacao_de_cemiterio_particular_com_regras.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6936/pl_em_145-2021_-_altera_a_lei_do_bolsa_atleta.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6937/pl_em_146_-_2021_-_autoriza_repasse_financeiro_ao_saae.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6938/pl_em_147-2021_-_credito_especial_-_r_2.000.00000.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6939/pl_em_148-2021_-_credito_suplementar_r_234_mil.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6940/pl_em_149-2021_-_credito_suplementar_r_50_mil.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6941/pl_em_150-2021_-_credito_suplementar_r_125_mil.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6955/pl_em_151-2021_-_ppa_2022-2025_compressed.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6956/pl_em_152-2021_-_ldo_2022_compressed.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6957/pl_em_153-2021_-_loa_2022_compressed.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6958/pl_em_154-2021_-_ratifica_protocolo_de_intencoes_cisicom_compressed.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6968/pl_em_155-2021_-_credito_suplementar_-_r_108_mil_certo.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6969/pl_em_156-2021_-_credito_adicional_especial_-_r_20_mil_certo.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6970/pl_em_157-2021_-_altera_a_lei_3031-2017__-_concessao_de_uso_de_bens_publicos.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6971/pl_em_158-2021_-_cria_diretoria_de_transito_e_jari.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6975/pl_em_159-2021_-_cesta_basica_aos_servidores_do_executivo_e_saae.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6976/pl_em_160-2021_-_credito_suplementar_r_2.535.00000.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6977/pl_em_161-2021_-_credito_suplementar_r_355_mil.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6978/pl_em_162-2021_-_credito_suplementar_r_1.700.00000.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7002/pl_em_163-2021_-_altera_a_lei_809-1997.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7003/pl_em_164-2021_-_autoriza_doacao_de_bens_ascalp.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7004/pl_em_165-2021_-_dignidade_menstrual.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7012/pl_em_166-2021_-_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6465/projeto_de_resolucao_no_001-2021_-_mesa_diretora_-_revisao_empregados_camara_1.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6466/projeto_de_resolucao_no_002-2021_-_mesa_diretora_-_altera_horario_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6824/projeto_de_resolucao_no_005-2021_-_mesa_diretora_-_referenda_orcamento_camara_2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6864/projeto_de_resolucao_no_006-2021_-_todos_vereadores_-_nova_tribuna_popular.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6865/projeto_de_resolucao_no_007-2021_-_vereadores_-_altera_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6917/projeto_de_resolucao_no_008-2021_-_cidadao_reginaldo_lopes_-_carol.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6918/projeto_de_resolucao_no_009-2021_-_miro_cidadao_-_hermano.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6919/projeto_de_resolucao_no_010-2021_-_tenente_coronel_elias_cidadao_-_toninho.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6920/projeto_de_resolucao_no_011-2021_-_vania_cidada_-_cici.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6921/projeto_de_resolucao_no_012-2021_-_cidadao_juliomar_-_soninha.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6922/projeto_de_resolucao_no_013-2021_-_renato_-_cidadao_-_lisa_miranda.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6923/projeto_de_resolucao_no_014-2021_-_ten_luciano_-_cidadao_-_sarg_washington.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6924/projeto_de_resolucao_no_015-2021_-_santiago_-_cidadao_-_leandro.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6925/projeto_de_resolucao_no_016-2021_-_cidada_-_debora_-_pavio.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6926/projeto_de_resolucao_no_017-2021_-_ilidio_de_carvalho_-_elza.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6823/proposta_de_emenda_a_lom_no_01-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6439/requerimento_001-2021_-_todos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6440/requerimento_002-2021_-_lisa_-_vans__11-01.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6441/requerimento_003-2021_-_leandro_-_mao_unica_11-01_1.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6442/requerimento_004-2021_-_sargento_washington_-_creche_embare__11-01.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6443/requerimento_005-2021_-_toninho_da_laje_-_instalacao_de_cameras__11-01.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6444/requerimento_006-2021_-_soninha_-_alimentacao_na_upa_11-01.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6450/requerimento_007-2021_-_hermano_-_redutor_velocidade_18-01.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6451/requerimento_008-2021_-_lisa_-_construcao_ubs_chico_miranda_18-01.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6452/requerimento_009-2021_-_carol_-_limpeza_de_lote_18-01.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6453/requerimento_010-2021_-_cici_-_sinal_de_tv_aberta_18-01_1.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6454/requerimento_011-2021_-_leandro_bibiano_-_rotatoria_18-01_1.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6455/requerimento_012-2021_-_soninha_-_mudanca_de_horario_farmacia_18-01_2.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6456/requerimento_013-2021_-_toninho_da_laje_-_sinalizacao_de_transito_18-01_1.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6457/requerimento_014-2021_-_pavio_-_reforma_estradas_mirandas_18-01_1.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6458/requerimento_015-2021_-_hermano_e_soninha_-_adiamento_discussao_e_votacao_21-01.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6468/requerimento_016-2021_-_todos_-_medalha_25-01.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6469/requerimento_017-2021_-_toninho_da_laje_-_sinalizar_cruzamento_25-01.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6470/requerimento_018-2021_-_leandro_-_pedido_de_cacambas_25-01.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6471/requerimento_019-2021_-_cici_-_ponte_lagoa_-_luz_-_der-mg_25-01.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6472/requerimento_020-2021_-_soninha_-_rotatoria_25-01.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6473/requerimento_021-2021_-_sargento_washington_-_gastos_com_a_justica_do_trabalho_25-01.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6474/requerimento_022-2021_-_carol_-_transporte_publico_25-01.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6475/requerimento_023-2021_-_hermano_-_carol_e_soninha_-_retirada_de_projeto_25-01.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6486/requerimento_024-2021_-_lisa_-_inundacoes_bairro_gomes_01-02.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6487/requerimento_025-2021_-_leandro_-_recapeamento_almirante_t_-_01-02.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6488/requerimento_026-2021_-_toninho_da_laje_-_possibilidade_de_medico_para_o_sos_01-02.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6489/requerimento_027-2021_-_carol_-_combate_dengue_01-02.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6490/requerimento_028-2021_-_soninha_-_cestas_basicas_01-02.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6496/requerimento_029-2021_-_pavio_-_insalubridade_farmacinha__08-02.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6497/requerimento_030-2021_-_toninho_da_laje_-_instalacao_de_guarita__08-02.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6498/requerimento_031-2021_-_soninha_-_cemae_08-02.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6499/requerimento_032-2021_-_leandro_bibiano_-_pavimentacao_asfaltica_08-02_2.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6500/requerimento_033-2021_-_sargento_washington_-_desvio_de_funcao_08-02.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6501/requerimento_034-2021_-_lisa_-_hortas_comunitarias_08-02.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6502/requerimento_035-2021_-_carol_-_vacina_assistentes_sociais_08-02.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6522/requerimento_036-2021_-_lisa_-_ubs_do_sol_nascente_15-02.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6523/requerimento_037-2021_-_leandro_bibiano_-_estrada_e_ponte_das_grotadas_15-02.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6524/requerimento_038-2021_-_pavio_-_academias_ao_ar_livre_15-02.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6525/requerimento_039-2021_-_cici_-_sinal_da_vivo_15-02.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6526/requerimento_040-2021_-_carol_-_delegacia_mulher_15-02_1.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6534/requerimento_041-2021_-_sargento_washington_-_obras_pluviais_saae_-_22-02.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6535/requerimento_042-2021_-_cici_-_depressao_rua_pernambuco_22-02.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6536/requerimento_043-2021_-_lisa_-_caixa_de_som_caminhao_lixo_22-02_1.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6537/requerimento_044-2021_-_soninha_-_rotatoria_-_22-02.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6538/requerimento_045-2021_-_toninho_da_laje_-_rotatorias_22-02.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6539/requerimento_046-2021_-_leandro_-_pavimentacao_22-02_1.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6540/requerimento_047-2021_-_pavio_-_der_-_formiga_-_22-02.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6541/requerimento_048-2021_-_carol_-_viatura_guarda_civil_22-02.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6555/requerimento_049-2021_-_hermano_-_pavimentacao_01-03.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6556/requerimento_050-2021_-_carol_-_semana_autismo_01-03.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6557/requerimento_051-2021_-_lisa_-_lotes_municipio_01-03.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6558/requerimento_052-2021_-_toninho_-_mao_unica_01-03.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6559/requerimento_053-2021_-_soninha_-_projetos_habitacionais.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6563/requerimento_054-2021_-_pavio_-_avaliacao_empregados_publicos_08-03.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6564/requerimento_055-2021_-_sargento_washington_-_estrategia_para_manutencao_das_estradas_rurais_08-03_jr.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6565/requerimento_056-2021_-_hermano_-_focinheira_caes_08-03.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6566/requerimento_057-2021_-_soninha_-_estacionamento_45_graus_08-03.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6567/requerimento_058-2021_-_sr_leandro_-_escoamento_aguas_pluviais_08-03.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6568/requerimento_059-2021_-_lisa_-_jovem_aprendiz_08-03.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6569/requerimento_060-2021_-_carol_-_mutirao_de_limpeza_08-03.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6576/requerimento_061-2021_-_pavio_-_pontilhao_-_15-03.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6577/requerimento_062-2021_-_toninho_da_laje_-_instalacao_cameras_em_onibus_e_vans__15-03.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6578/requerimento_063-2021_-_leandro_-_troca_de_lampadas_15-03.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6579/requerimento_064-2021_-_soninha_-_sinalizacao_de_transito_-_15-03.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6580/requerimento_065-2021_-_cici_-_redutor_de_velocidade_15-03.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6581/requerimento_066-2021_-_lisa_-_defesa_civil_15-03.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6593/requerimento_067-2021_-_cici_-_recursos_-_pandemia_05-04.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6594/requerimento_068-2021_-_lisa_-_kit_e_cesta_05-04.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6595/requerimento_069-2021_-_soninha_-_extencao_de_eletrificacao_nos_mirandas_05-04.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6596/requerimento_070-2021_-_carol_-_saude_05-04.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6602/requerimento_071-2021_-_soninha_-_veiculo_para_policinica_-_12-04-2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6603/requerimento_072-2021_-_hermano_-_microfinancas_1_12-04.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6604/requerimento_073-2021_-_lisa_-_limpeza_do_corrego_chico_silveira_12-04.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6605/requerimento_074-2021_-_pavio_-reforma_da_quadra_12-04_1.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6606/requerimento_075-2021_-_leandro_bibiano_-_colocar_poste_rua_jose_lucas_bairromangabeiras_12-04-2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6607/requerimento_076-2021_-_carol_-_protocolo_autismo__12-04.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6618/requerimento_077-2021_-_lisa_-_placa_nome_ubs_19-04.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6619/requerimento_078-2021_-_carol_-_olho_vivo_19-04.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6620/requerimento_079-2021_pavio_-_van_para_hemodialise_19-04.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6621/requerimento_080-2021_-_cici_-_atividades_religiosas_como_essenciais_19-04.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6625/requerimento_081-2021_-_hermano_-_beneficios_fiscais_26-04.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6626/requerimento_082-2021_-_sargento_-_agente_viagem_26-04.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6627/requerimento_083-2021_-_soninha_-_marcacao_de_exames_26-04.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6628/requerimento_084-2021_-_leandro_bibiano_-_rotatoria_26-04.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6629/requerimento_085-2021_-_lisa_-_centro_de_hemodialise_26-04.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6635/requerimento_086-2021_-_cici-_reforma_do_museu_-_03-05.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6637/requerimento_088-2021_-_toninho_da_laje_-_redutor_de_velocidade_03-05.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6638/requerimento_089-2021_-_sargento_washington_-_iluminacao_praca_dona_zaza_03-05.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6639/requerimento_090-2021_-_lisa_-_construcao_ubs_martins_03-05.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6640/requerimento_091-2021_-_carol_-_pos_covid_03-05.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6641/requerimento_092-2021_-_soninha_-_informacao_centro_especialidades_03-05.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6653/requerimento_093-2021_-_pavio_-_escoamento_aguas_10-05.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6654/requerimento_094-2021_-_hermano_-_lagoa_para_crescer_10-05.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6655/requerimento_095-2021_-_leandro_bibiano_-_reforma_da_praca_n._senhora_do_rosario_10-05.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6656/requerimento_096-2021_-_cici_-_kit_lanche_10-05.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6657/requerimento_097-2021_-_carol_-_educacao_10-05.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6658/requerimento_098-2021_-_lisa_miranda_-_emendas_impositivas_10-05.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6659/requerimento_099-2021_-_soninha_-_interprete_de_libras_10-05.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6660/requerimento_100-2021_-_sargentto_washington_-_auxilio_estudantes_10-05.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6670/requerimento_101-2021_-_toninho_da_laje_-_medicamentos_17-05.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6671/requerimento_102-2021_-_leandro_bibiano_-_postes_rua_francisco_b_primo_17-05.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6672/requerimento_103-2021_-_hermano_-_melhoria_de_vias_17-05.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6673/requerimento_104-2021_-_sargento_washington_-_adesao_ao_minas_conciente_17-05.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6674/requerimento_105-2021_-_carol_-_audiencia_publica_17-05.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6675/requerimento_106-2021_-_cici_17-05.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6676/requerimento_107-2021_-_lisa_-_soninha_-_convoca_sec_saude_17-05.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6686/requerimento_108-2021_-_toninho_da_laje_-_redutor_de_velocidade_24-05.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6687/requerimento_109-2021_-_leandro_bibiano_-_recuperacao_do_calcamento_24-05.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6688/requerimento_110-2021_-_lisa_-_contratacao_de_medicos_24-05.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6689/requerimento_111-2021_-_sargento_washington_-_informacoes_sobre_sine_24-05.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6700/requerimento_112-2021_-_carol_-_aduelas_na_av._isabel_de_castro_31-05.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6701/requerimento_113-2021_-_toninho_da_laje_-_relacao_de_imoveis_31-05.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6702/requerimento_114-2021_-_soninha_-_convoca_reinaldo_31-05.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6703/requerimento_115-2021_-_pavio_-_cesta_de_natal_31-05_1.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6704/requerimento_116-2021_-_cici_-_passagem_elevada_de_pedestres_31-05.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6705/requerimento_117-2021_-_lisa_-_informacao_sobre_ubs_31-05.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6715/requerimento_118-2021-_pavio_-_posto__policial_em_martins_07-06.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6716/requerimento_119-2021_-_leandro_bibiano_-_tapa-buracos_07-06.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6717/requerimento_120-2021_-_toninho_da_laje_-_adesao_ao_paa_-_07-06.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6718/requerimento_121-2021_-_sargento_washington_-_convoca_diretor_do_saae_-_07-06.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6719/requerimento_122-2021_-_soninha_-_multas_limpeza_lotes_07-06.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6720/requerimento_123-2021_-_lisa_-_reativacao_do_conselho_deficiencia_07-06.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6721/requerimento_124-2021_-_carol_-_audiencia_publica_pec_32_-_07-06.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6735/requerimento_125-2021_-_sargento_-_adiamento_discussao_e_votacao_14-06.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6736/requerimento_126-2021_-_pavio_-_vestiario_14-06.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6737/requerimento_127-2021_-_carol_-_diagnostico_infancia_e_juventude_14-06.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6738/requerimento_128-2021_-_leandro_bibiano_-_postes_rua_n_-_rua_direita_14-06.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6740/requerimento_130-2021_-_toninho_da_laje_-_cobertura_da_upa_14-06.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6741/requerimento_131-2021_-_cici_-_redutor_de_velocidade_14-06.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6746/requerimento_132-2021_-_leandro_bibiano_-_sec_adm_gov_-_cemig_21-06.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6747/requerimento_133-2021_-_carol_-_reativacao_do_comad_21-06.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6748/requerimento_134-2021_-_toninho_da_laje_-_cursos_para_costura_21-06.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6751/requerimento_137-2021_-_toninho-cici-washington_-_retirada_do_projeto_cm_5.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6752/requerimento_138-2021_-_pavio_-_fiscalizacao_limpeza_lotes_28-06.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6753/requerimento_139-2021_-_leandro_-_recapeamento_almirante_t_-_28-06.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6754/requerimento_140-2021_-_carol_-_ponto_de_apoio_aos_carroceiros_28-06.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6755/requerimento_141-2021_-_sargento_washington_-_convida_comandante_da_pm_-_28-06.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6756/requerimento_142-2021_-_lisa_miranda_-_contratacao_de_ginecologista_28-06.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6757/requerimento_143-2021_-_soninha_-_obras_de_revitalizacao_praia_28-06.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6758/requerimento_144-2021_-_hermano_-_areas_verdes_28-06.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6776/requerimento_145-2021_-_leandro_-_reforma_ubs_gomes_05-07.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6777/requerimento_146-2021_-_carol_-_sinalizacao_area_exame_05-07.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6778/requerimento_147-2021_-_cici_-_gratificacao_extraordinaria_05-07.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6779/requerimento_148-2021_-_toninho_da_laje_-_instalacao_parquinho_na_praia_05-07.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6780/requerimento_149-2021_-_lisa_-_aumento_no_orcamento_da_sec_desportos_05-07.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6781/requerimento_150-2021_-_lisa_-_adiar_votacao_do_veto_12-07.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6782/requerimento_151-2021-_pavio_-_autorizacao_feira_nas_quartas-feiras_12-07.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6783/requerimento_152-2021_-_leandro_-_banheiros_na_feira_livre_12-07.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6785/requerimento_154-2021_-_toninho_da_laje_-_iluminacao_publica_12-07.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6786/requerimento_155-2021_-_hermano_-_adiar_votacao_das_emendas_ldo_19-07.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6787/requerimento_156-2021_-_carol_-_convoca_sec_assistencia_19-07.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6788/requerimento_157-2021_-_leandro_bibiano_-_pavimentacao_asfaltica_19-07.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6789/requerimento_158-2021_-_soninha_-_veiculos_para_transporte_saude_19-07.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6790/requerimento_159-2021_-_lisa_miranda_-_inclusao_social_no_esporte_19-07.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6793/requerimento_160-2021_-_pavio_-_poste_energia_e_luminaria_26-07.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6794/requerimento_161-2021_-_lisa_miranda_-_lixo_eletronico_26-07.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6795/requerimento_162-2021_-_leandro_bibiano_-_pavimentacao_paroquia_sao_francisco_26-07.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6796/requerimento_163-2021_-_carol_-_implementacao_lei_13935-2019_-_rede_mun_educacao_26-07.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6807/requerimento_164-2021_-_lisa_miranda_-_a_camara_esta_aqui_02-08.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6808/requerimento_165-2021_-_soninha_-_lixeiras_02-08.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6809/requerimento_166-2021_-_sr_leandro_-_escoamento_aguas_pluviais_02-08.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6810/requerimento_167-2021_-_carol_-_castracao_animal_02-08.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6818/requerimento_169-2021_-_soninha_-_contratacao_de_medicos_09-08.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6819/requerimento_170-2021_-_leandro_bibiano_-_poste_travessa_joao_paulino_-_bairro_gomes_09-08.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6820/requerimento_171-2021_-_sargento_washington_-_bebedouro_entorno_da_praia_09-08.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6821/requerimento_172-2021_-_lisa_-_progrma_farmacia_solidaria_09-08.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6827/requerimento_173-2021_-_soninha_16-08.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6828/requerimento_174-2021_-_lisa_-_aparelho_de_raio_x_16-08.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6830/requerimento_176-2021_-_cici_-_solicita_informacoes_sobre_acs_16-08.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6832/requerimento_178-2021_-_pavio_-_permuta_quadra_bairro_americo_silva_16-08.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6833/requerimento_179-2021_-_carol_-_violencia_contra_mulher_-_capacitacao_profissionais_de_beleza_16-08.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6843/requerimento_180-2021_-_carol_-_limpeza_dos_corregos_23-08.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6844/requerimento_181-2021_-_lisa_-_monitora_transporte_escolar_23-08.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6845/requerimento_182-2021_-_cici_-_reforma_da_praca_no_rodolfo_pio_23-08.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6846/requerimento_183-2021_-_toninho_da_laje_-_poste_de_iluninacao_23-08.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6847/requerimento_184-2021_-_leandro_bibiano_-_limpeza_e_manutencao_rede_esgoto_23-08_1.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6848/requerimento_185-2021_-_pavio_-_passagem_elevada_de_pedestres_upa_23-08.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6855/requerimento_186-2021_-_pavio_-_adesivos_veiculos_30-08.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6857/requerimento_188-2021_-_carol_-_limpeza_dos_bueiros_30-08.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6858/requerimento_189-2021_-_toninho_-_auxilio_estudantes_30-08.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6859/requerimento_190-2021_-_lisa_miranda_-_concurso_30-08.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6866/requerimento_192-2021_-_lisa_miranda_-_desassoreamento_da_lagoa_do_pocao_06-09_1.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6867/requerimento_193-2021_-_soninha_-_vacinacao_antirrabica_06-09.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6868/requerimento_194-2021_-_leandro_bibiano_-_braco_de_iluninacao_06-09.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6869/requerimento_195-2021_-_sargento_washington_-_pavimentacao_asfaltica_06-09.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6870/requerimento_196-2021_-_cici_-_horas_extras_06-09.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6871/requerimento_197-2021_-_hermano_-_conselhos_municipais_06-09.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6872/requerimento_198-2021_-_toninho_da_laje_-_construcao_calcadao_06-09.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6873/requerimento_199-2021_-_carol_castro_-_reuniao_contadores_06-09.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6879/requerimento_200-2021_-_toninho_da_laje_-_beneficios_fiscais_aos_cidadaos_13-09.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6880/requerimento_201-2021_-_lisa_-_equoterapia_13-09.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6881/requerimento_202-2021_-_pavio_-_caminhao-pipa_13-09.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6882/requerimento_203-2021_-_soninha_-_iluminacao_na_praia_13-09.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6883/requerimento_204-2021_-_carol_castro_-__vacinacao_covid__13.09.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6885/requerimento_205-2021_-_pavio_-_posto_de_coleta_doacao_sangue__20-09.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6886/requerimento_206-2021_-_hermano_-_melhoria_de_vias_20-09.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6887/requerimento_207-2021_-_cici_-_passagem_elevada_de_pedestres_20-09.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6888/requerimento_208-2021_-_leandro_bibiano_-_reforma_da_praca_congadeiros_20-09.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6889/requerimento_209-2021_-_lisa_miranda_-_bueiros_inteligentes_20-09.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6890/requerimento_210-2021_-_soninha_-_consultas_medicas_pediatrica_20-09.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6891/requerimento_211-2021_-_carol_castro_-__reestruturacao_cpd_20-09.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6892/requerimento_212-2021_-_sargento_washington_-_direitos_empregados_saude_20-09.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6897/requerimento_213-2021_-_soninha_-_passagem_elevada_de_pedestres_27-09.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6898/requerimento_214-2021_-_pavio_-_plano_de_saude_27-09_1.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6899/requerimento_215-2021_-_carol_-_abastecimetno_de_agua_27-09.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6900/requerimento_216-2021_-_lisa_miranda_-_adote_um_atleta_27-09.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6901/requerimento_217-2021_-_toninho_da_laje_-_salva-vidas_na_praia_27-09.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6914/requerimento_218-2021_-_lisa_miranda_-_outubro_rosa_04-10.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6915/requerimento_219-2021_-_soninha_-_aparelho_saude_04-10.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6916/requerimento_220-2021_-_carol_-_campanha_doacao_ir_04-10.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6927/requerimento_221-2021_-_leandro_bibiano_-_rotatoria_11-10.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6928/requerimento_222-2021_-_todos_vereadores_-_remocao_de_quebra_molas_11-10.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6929/requerimento_223-2021_-_sargento_washington_-_acessibilidade_11-10.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6930/requerimento_224-2021_-_soninha_-_hidroginastica_11-10.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6931/requerimento_225-2021_-_carol_-_reflorestamento_margem_dos_corregos_11-10.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6932/requerimento_226-2021_-_lisa_-_cursos_profissionalizantes_11-10.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6933/requerimento_227-2021_-_cici_-_extensao_projeto_as_comunidades_terapeuticas_11-10.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6944/requerimento_228-2021_-_toninho_da_laje_-_caminhao_desentupidor_saae-lp_18-10.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6945/requerimento_229-2021_-_carol_-_audiencia_publica_acessibilidade_18-10.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6946/requerimento_230-2021_-_lisa_miranda_-_pavimentacao_asfaltica_18-10.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6947/requerimento_231-2021_-_leandro_bibiano_-_bueiros_rua_maranhao_e_piaui_18-10.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6948/requerimento_232-2021_-_soninha_-_terminar_asfaltar_rua_daniel_ferreira_da_rocha_18-10.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6949/requerimento_233-2021_-_sargento_washington_-_volta_do_camara_mirim_18-10.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6950/requerimento_234-2021_-_soninha_-_aparelho_de_ultrassonografia_25-10.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6951/requerimento_235-2021_-_lisa_-_hortas_e_jardim_nas_escolas_25-10.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6952/requerimento_236-2021_-_leandro_bibiano_-_reforma_da_estrada_vicinal_25-10.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6953/requerimento_237-2021_-_toninho_da_laje_-_pavimentacao_asfaltica_25-10.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6954/requerimento_238-2021_-_cici_-_convoca_diretor_do_saae-lp_25-10.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6960/requerimento_239-2021_-_soninha_-_passagem_elevada_de_pedestres_01-11.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6961/requerimento_240-2021_-_pavio_-_praca_de_eventos_01-11.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6962/requerimento_241-2021_-_lisa_-_aparelho_de_mamografia_01-11.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6963/requerimento_242_-_2021_carol_-fundeb.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6964/requerimento_243-2021_-_leandro_bibiano_-_tapa-buracos__08-11.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6965/requerimento_244-2021_-_soninha_-_sede_guarda_civil_municipal_08-11.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6966/requerimento_245-2021_-_pavio_-_reuniao_com_contadores_08-11.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6967/requerimento_246-2021_-_hermano_-_redutores_de_velocidade_-_abaixo-assinado_08-11.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6979/requerimento_247-2021_-_pavio_-_pavimentacao_asfaltica_16-11.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6980/requerimento_248-2021_-_leandro_bibiano_-_bueiro_rua_coronel_amancio_bernardes_16-11.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6981/requerimento_249-2021_-_lisa_-_sinalizacao_16-11.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6982/requerimento_250-2021_-_soninha_-_contratacao_de_nutricionista_16-11.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6983/requerimento_251-2021_-_sargento_washington_-_bibliotecas_nas_escolas_16-11.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6984/requerimento_252-2021_-_carol_-_audiencia_publica_violencia_contra_a_mulher__16-11.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6986/requerimento_253-2021_-_lisa_-_historia_de_lp_na_grade_curricular_22-11.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6987/requerimento_254-2021_-_soninha_-_convoca_sec__desenv_economico_22-11.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6988/requerimento_255-2021_-_carol_-_cerimonia_honra_merito_doador_de_sangue_22-11.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6989/requerimento_256-2021_-_cici_-_placas_de_identificacao_ubs_22-11.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6990/requerimento_257-2021_-_leandro_-_recapeamento_22-11.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6991/requerimento_258-2021_-_hermano_-_certificado_vacinacao_p_eventos_22-11.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6997/requerimento_259-2021_-_lisa_miranda_-_programa_e_campanha_drogas_29-11.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6998/requerimento_260-2021_-_soninha_-_obras_publicas_29-11.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6999/requerimento_261-2021_-_carol_-_cerimonia_honra_merito_doador_de_sangue_franciele_29-11.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7000/requerimento_262-2021_-_leandro_bibiano_-_canteiro_central_29-11.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7001/requerimento_263-2021_-_pavio_-_pavimentacao_asfaltica_29-11.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7006/requerimento_264-2021_-_lisa_-_programa_descarte_de_oleo_06-12.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7007/requerimento_265-2021_-_leandro_-_recapeamento_06-12_1.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7008/requerimento_266-2021_-_toniho_da_laje_-_passagem_elevada_de_pedestres_06-12.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7009/requerimento_267-2021_-_pavio_-_reajuste_salarial_-_06-12.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7010/requerimento_268-2021_-_carol_castro_-_segunda_dose_vacina_covid_06-12.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7017/requerimento_269-2021_-_soninha_-_passagem_elevada_de_pedestres_13-12.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7018/requerimento_270-2021_-_lisa_-_primeiros_socorros_nas_escolas_13-12.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7019/requerimento_271-2021_-_toninho_da_laje_-_academias_ao_ar_livre__13-12.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7020/requerimento_272-2021_-_cici_-_triangulo_bairro_maria_fernanda_i_-_13-12.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7021/requerimento_273-2021_-_sargento_washington_-_iluminacao_praca_donana_-_13-12.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7023/requerimento_274-2021_-_soninha_-_veiculos_para_transporte_saude_20-12_1.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7024/requerimento_275-2021_-_lisa_miranda_-_programa_saude_vocal_professor_20-12.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7025/requerimento_276-2021_-toninho_-_bueiros_20-12.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/7026/requerimento_277-2021_-_leandro_bibiano_-_rotatorias_20-12.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6684/tce-mg_-_parecer_contas_lp_2017.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2021/6685/tce-mg_-_parecer_contas_lp_2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H585"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42.42578125" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="110.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="106.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="245.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>