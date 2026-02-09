--- v0 (2025-11-03)
+++ v1 (2026-02-09)
@@ -51,162 +51,162 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8002</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ANTEP</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
-    <t>CAROL CASTRO</t>
+    <t>Carol Castro</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8002/anteprojeto_de_lei_no_001-2024_-_carol_castro_-_distribuicao_de_repelente.pdf</t>
   </si>
   <si>
     <t>Dispõe a Distribuição de produtos repelentes eficazes contra o Aedes Aegypti, pelo Município de Lagoa da Prata, ao público que indica.</t>
   </si>
   <si>
     <t>8127</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8127/anteprojeto_de_lei_no_002-2024_-_carol_castro_-_e_agora_jose.pdf</t>
   </si>
   <si>
     <t>Institui o Programa “E AGORA, JOSÉ?” no Município de Lagoa da Prata, que dispõe sobre a reflexão, educação e responsabilização dos autores de         violência doméstica e familiar contra as mulheres por meio de Grupo Socioeducativo com homens no Município de Lagoa da Prata - MG.</t>
   </si>
   <si>
     <t>8157</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>CAROL CASTRO, LISA</t>
+    <t>Carol Castro, Lisa Miranda</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8157/anteprojeto_de_lei_no_003-2024_-_carol_castro_-_programa_municipal_de_prevencao_e_enfrentamento_ao_assedio.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Prevenção e Enfrentamento do Assédio e da Discriminação, no âmbito da Administração Pública, tanto direta, quanto indireta do Município de Lagoa da Prata.</t>
   </si>
   <si>
     <t>8156</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8156/anteprojeto_de_lei_no_004-2024_-_carol_castro_-_programa_de_auxilio_para_aquisicao_de_uniformes_e_mat_escolares.pdf</t>
   </si>
   <si>
     <t>Estabelece o Programa de Auxílio para a Aquisição de Uniformes e Materiais Escolares aos alunos da Rede Municipal de Ensino de Lagoa da Prata.</t>
   </si>
   <si>
     <t>8174</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>HERMANO FOFÃO</t>
+    <t>Hermano Fofão</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8174/anteprojeto_de_lei_no_005-2024_-_hermano_-_transporte_alunos_bambui_-_06-12_vf.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Lagoa da Prata a transportar alunos que estudam em Cursos de Graduação ou Nível Técnico em Instituições de Ensino Superior, em Polos Estaduais ou Federais, nas hipóteses que menciona.</t>
   </si>
   <si>
     <t>7911</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>LISA</t>
+    <t>Lisa Miranda</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7911/indicacao_001-2024_-_lisa_miranda_-_rotatorias_assinado.pdf</t>
   </si>
   <si>
     <t>A Vereadora infra-assinada indica ao Executivo Municipal, na forma regimental, a necessidade de se instalar rotatórias, com a devida sinalização de solo e com placas, em todas as vias que foram recapeadas nesta cidade, destacando-se os cruzamentos da Rua Modesto Gomes com Avenida Benedito Valadares; da Avenida José Bernardes Maciel com Rua Antenor Chagas Madeira; da Avenida Brasil com Rua Paraibanas e da Rua Alexandre Mendes Maciel com Rua Alagoas.</t>
   </si>
   <si>
     <t>7958</t>
   </si>
   <si>
-    <t>SARGENTO WASHINGTON</t>
+    <t>Sargento Washington</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7958/indicacao_002-2024_-_sargento_washigton_-_aparelhos_de_ginastica.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-assinado indica ao Executivo Municipal, na forma regimental, a necessidade de se recolocar os aparelhos de ginástica ao ar livre que foram retirados da Praia Municipal, com a devida sinalização e manutenção dos aparelhos, nesta cidade.</t>
   </si>
   <si>
     <t>7929</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7929/mocao_de_apoio_1-2024_-_sargento_washington_-_miosp_-_jr_2.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, regimentalmente apoiado, requer a Vossa Excelência que seja submetida à aprovação do Plenário MOÇÃO DE APOIO à Proposta de Emenda à Constituição do Estado de Minas Gerais sugerida pelo Movimento Independente dos Operadores da Segurança Pública de Minas Gerais – MIOSP-MG.</t>
   </si>
   <si>
     <t>7940</t>
   </si>
   <si>
-    <t>CICI</t>
+    <t>Cici</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7940/mocao_002-2024_-_cici_-_caps_19-02_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, regimentalmente apoiado, requer a Vossa Excelência que seja submetida à aprovação do Plenário MOÇÃO de aplausos à Equipe de Profissionais do  Centro de Atenção Psicossocial Doutor Bernardo Teixeira Amorim- CAPS Lagoa da Prata, parabenizando-os pelos relevantes serviços prestados à comunidade, com dedicação e compaixão, comprometidos na área de saúde mental que têm contribuído significativamente para a promoção do bem-estar da população de Lagoa da Prata.</t>
   </si>
   <si>
     <t>7960</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7960/mocao_003-2024_-_carol_castro_-_centro_educacional_tutores.pdf</t>
   </si>
   <si>
     <t>A Vereadora infra-assinada, regimentalmente apoiada, requer a Vossa Excelência que seja submetida à aprovação do Plenário MOÇÃO de aplausos ao Centro Educacional Tutores, parabenizando-os pelo relevante trabalho educacional que têm desempenhado em nossa comunidade.</t>
   </si>
   <si>
     <t>7988</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7988/mocao_004-2024_-_sargento_-_pm_1.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, regimentalmente apoiado, requer a Vossa Excelência que seja submetida à aprovação do Plenário MOÇÃO DE APLAUSOS em reconhecimento ao excelente trabalho desenvolvido pelos Policiais Militares: Capitão da Polícia Militar Harley Costa Barbosa; 1º Tenente Pm Luciano Couto; 1º Tenente Maurício Sávio Rodrigues Júnior; 2º Sargento Edson Pereira; 2º Sargento Gilberto Majela Da Silva; 3º Sargento Hudson Couto Dos Santos; 3º Sargento Tiago Geraldo De Oliveira; 3º Sargento Vitor De Freitas Marques; 3º Sargento Anderson Rodrigues; 3º Sargento Rodrigo Costa; 3º Sargento Clebert Henrique Da Silva; Cabo Paulo Mendonca Da Silva; Cabo Guilherme Gomes Lopes Cançado; Cabo João Paulo Da Silva Pereira Melo; Cabo Rodrigo De Fátima Alves Ferreira; Sd Thales Leandro Ornelas De Alcântara; Sd Tiago Emídio Dos Santos; Sd Pedro Henrique Carvalho Petenuce e Sd Edson Lúcio Alves Júnior em ação que prendeu três suspeitos envolvidos na prática de crime de roubo e extorsão em Lagoa da Prata.</t>
   </si>
@@ -219,78 +219,78 @@
   <si>
     <t>O Vereador infra-assinado, regimentalmente apoiado, requer a Vossa Excelência que seja submetida à aprovação do Plenário MOÇÃO de aplausos a Marcelo Agostinho Pereira, responsável do Bica d’água Santa Terezinha, parabenizando pelo fornecimento de água potável de forma gratuita a inúmeras pessoas em nossa cidade.</t>
   </si>
   <si>
     <t>8063</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Toninho da Laje</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8063/mocao_006-2024_-_toninho_da_laje_-_circulo_de_oracao.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, regimentalmente apoiado, requer a Vossa Excelência que seja submetida à aprovação do Plenário MOÇÃO de Aplausos ao Círculo de Oração da Igreja Assembleia de Deus Ministério Lagoa da Prata, parabenizando-o pelo fervoroso trabalho espiritual realizado por um grupo de mulheres que, através de suas orações e ações, têm demonstrado um compromisso exemplar com o serviço cristão, apoiando não apenas a igreja local, mas também promovendo a paz e a união entre os membros da comunidade.</t>
   </si>
   <si>
     <t>8108</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>PAVIO</t>
+    <t>Pavio</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8108/mocao_007-2024_-_pavio_-_grupo_1_congado.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, regimentalmente apoiado, requer a Vossa Excelência que seja submetida à aprovação do Plenário MOÇÃO de Aplausos aos Membros da Associação do Congado dos devotos de Nossa Senhora do Rosário e São Benedito – Grupo 1 de Lagoa da Prata, parabenizando-o pelo trabalho realizado na Festa do Congado, todos os anos, em nossa cidade.</t>
   </si>
   <si>
     <t>8113</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8113/mocao_008-2024_-_lisa_-_mecanicos.pdf</t>
   </si>
   <si>
     <t>A Vereadora infra-assinado, regimentalmente apoiada, requer a Vossa Excelência que seja submetida à aprovação do Plenário MOÇÃO de Aplausos aos Mecânicos da Prefeitura Municipal de Lagoa da Prata: Aguiar Sabino dos Santos, Antônio Francisco Júnior, Carlos José Pereira e Marcelo Salvino da Silva parabenizando-o pelos relevantes trabalhos realizados em prol do Município e da população de nossa cidade.</t>
   </si>
   <si>
     <t>8132</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>LEANDRO BIBIANO</t>
+    <t>Leandro Bibiano</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8132/mocao_009-2024_-_leandro_-_lucas_miranda.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, com o respaldo regimental, vem por meio deste requerer a Vossa Excelência que seja submetida à aprovação do Plenário a presente MOÇÃO DE APLAUSOS ao cidadão Lucas Miranda Alves em reconhecimento à sua notável atuação voluntária em nossa comunidade, destacando-se por suas contribuições exemplares para a melhoria da vida das pessoas em situação de vulnerabilidade em nossa cidade.</t>
   </si>
   <si>
     <t>7906</t>
   </si>
   <si>
     <t>PL-CM</t>
   </si>
   <si>
     <t>Projeto de Lei CM</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7906/projeto_de_lei_cm_001-2024_-_mesa_diretora_-_revisao_empregados_camara_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Revisa e Reajusta os Valores dos Vencimentos dos Empregados Públicos da Câmara Municipal de Lagoa da Prata, nos termos do Inciso X do Artigo 37 da CR/1988 e da Lei Municipal nº 2.198/2014.</t>
   </si>
   <si>
     <t>7907</t>
   </si>
@@ -348,51 +348,51 @@
   <si>
     <t>8039</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8039/projeto_de_lei_cm_008-2024_-_toninho_-_dia_municipal_da_educacao_legislativa_j.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Oficial de Eventos do Município a Semana da Jornada Legislativa e o Dia Municipal da Educação Legislativa.</t>
   </si>
   <si>
     <t>8145</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8145/projeto_de_lei_cm_009-2024_-_toninho_-_placas_adocao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de fixação de placas informativas ou comunicados sobre a entrega legal para adoção, instituída pela “Lei Nacional nº 13.509, de 22 de novembro de 2017”, no âmbito do município de Lagoa da Prata.</t>
   </si>
   <si>
     <t>8152</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>HERMANO FOFÃO, PAVIO</t>
+    <t>Hermano Fofão, Pavio</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8152/projeto_de_lei_cm_010-2024_-_hermano_e_pavio_-_da_nome_a_vias_publicas.pdf</t>
   </si>
   <si>
     <t>Dá Nome às Vias Públicas Que Menciona.</t>
   </si>
   <si>
     <t>8165</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8165/projeto_de_lei_cm_011-2024_-_sargento_washington_-_declara_de_utilidade_publica_-_oasis.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação Oásis de Assistência Social.</t>
   </si>
   <si>
     <t>8177</t>
   </si>
   <si>
     <t>12</t>
   </si>
@@ -2070,81 +2070,81 @@
   <si>
     <t>Regulamenta a Concessão da Medalha de Honra ao Mérito Municipal, criada pela “Resolução nº 472, de 4 de abril de 2005”, no âmbito do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>8104</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8104/projeto_de_resolucao_no_006-2024_-_mesa_diretora_-_autoriza_insercao_documentos_no_sapl.pdf</t>
   </si>
   <si>
     <t>Autoriza a inserção e disponibilização de Portaria, Instrução Normativa e outros Atos Normativos desta Casa, no SAPL – Sistema de Apoio ao Processo Legislativo da Câmara Municipal de Lagoa da Prata.</t>
   </si>
   <si>
     <t>8128</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8128/projeto_de_resolucao_no_007-2024_-_mesa_diretora_-_regulamenta_medalha_ilidio_carvalho.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Concessão da Medalha Ilídio Carvalho, criada pela “Resolução nº 12, de 28 de junho de 1979”, no âmbito do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>8147</t>
   </si>
   <si>
-    <t>Toninho da Laje, CAROL CASTRO, CICI, HERMANO FOFÃO, LEANDRO BIBIANO, LISA, PAVIO, SARGENTO WASHINGTON, Soninha</t>
+    <t>Toninho da Laje, Carol Castro, Cici, Hermano Fofão, Leandro Bibiano, Lisa Miranda, Pavio, Sargento Washington, Soninha</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8147/projeto_de_resolucao_no_008-2024_-_todos_os_vereadores_-_concede_titulo_de_cidadania_honoraria_1.pdf</t>
   </si>
   <si>
     <t>Concede Títulos de Cidadania Honorária aos cidadãos que indica.</t>
   </si>
   <si>
     <t>8153</t>
   </si>
   <si>
-    <t>Toninho da Laje, PAVIO, Soninha</t>
+    <t>Toninho da Laje, Pavio, Soninha</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8153/projeto_de_resolucao_no_009-2024_-_medalha_ilidio_carvalho_-_sergio_maria_euzi_e_cleber.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha Ilídio Carvalho aos cidadãos que indica.</t>
   </si>
   <si>
     <t>8123</t>
   </si>
   <si>
     <t>P-LOM</t>
   </si>
   <si>
     <t>Proposta de Emenda LOM</t>
   </si>
   <si>
-    <t>SARGENTO WASHINGTON, CAROL CASTRO, CICI, LISA</t>
+    <t>Sargento Washington, Carol Castro, Cici, Lisa Miranda</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8123/proposta_de_emenda_a_lom_no_1-20241.pdf</t>
   </si>
   <si>
     <t>Acrescenta os §§ 1º ao 7º ao Art. 52 da Lei Orgânica do Município de Lagoa da Prata.</t>
   </si>
   <si>
     <t>7909</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7909/requerimento_001-2024_-_cici_-_bebedouro_ubs_americo_silva_i_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, na forma regimental, requer a Vossa Excelência, consultado o Plenário, que seja enviado ofício ao Chefe do Poder Executivo Municipal encaminhando o presente Requerimento, que solicita à Secretária de Saúde, Sabrina Elen de Novaes e o Secretário de Administração e Governo Geraldo Júnior dos Santos que informe a esta Casa se há a possibilidade de se instalar um novo bebedouro na UBS do Américo Silva I. E caso não seja possível, que seja então providenciada a manutenção do bebedouro que há na UBS, que atualmente apresenta defeitos de funcionamento.</t>
   </si>
   <si>
     <t>7910</t>
   </si>
@@ -3326,51 +3326,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8002/anteprojeto_de_lei_no_001-2024_-_carol_castro_-_distribuicao_de_repelente.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8127/anteprojeto_de_lei_no_002-2024_-_carol_castro_-_e_agora_jose.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8157/anteprojeto_de_lei_no_003-2024_-_carol_castro_-_programa_municipal_de_prevencao_e_enfrentamento_ao_assedio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8156/anteprojeto_de_lei_no_004-2024_-_carol_castro_-_programa_de_auxilio_para_aquisicao_de_uniformes_e_mat_escolares.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8174/anteprojeto_de_lei_no_005-2024_-_hermano_-_transporte_alunos_bambui_-_06-12_vf.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7911/indicacao_001-2024_-_lisa_miranda_-_rotatorias_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7958/indicacao_002-2024_-_sargento_washigton_-_aparelhos_de_ginastica.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7929/mocao_de_apoio_1-2024_-_sargento_washington_-_miosp_-_jr_2.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7940/mocao_002-2024_-_cici_-_caps_19-02_assinado.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7960/mocao_003-2024_-_carol_castro_-_centro_educacional_tutores.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7988/mocao_004-2024_-_sargento_-_pm_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8031/mocao_005-2024_-_hermano_fofao_-_marcelo_assinado.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8063/mocao_006-2024_-_toninho_da_laje_-_circulo_de_oracao.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8108/mocao_007-2024_-_pavio_-_grupo_1_congado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8113/mocao_008-2024_-_lisa_-_mecanicos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8132/mocao_009-2024_-_leandro_-_lucas_miranda.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7906/projeto_de_lei_cm_001-2024_-_mesa_diretora_-_revisao_empregados_camara_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7907/projeto_de_lei_cm_002-2024_-_mesa_diretora_-_revisa_subsidio_vereador_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7928/projeto_de_lei_cm_003-2024_-_hermano_-_altera_lei_que_da_nome_a_vias_publicas_assinado_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7937/projeto_de_lei_cm_004-2024_-_carol_-_declara_de_utilidade_publica_o_instituto_arruaca.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7938/projeto_de_lei_cm_005-2024_-_sargento_washington_-_declara_de_utilidade_publica_aefar.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7998/projeto_de_lei_cm_006-2024_-_carol_-_declara_de_utilidade_publica_a_apa.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8018/projeto_de_lei_cm_07-2024_-_altera_lei_criacao_do_saae_-_analise_agua_-_hermano_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8039/projeto_de_lei_cm_008-2024_-_toninho_-_dia_municipal_da_educacao_legislativa_j.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8145/projeto_de_lei_cm_009-2024_-_toninho_-_placas_adocao.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8152/projeto_de_lei_cm_010-2024_-_hermano_e_pavio_-_da_nome_a_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8165/projeto_de_lei_cm_011-2024_-_sargento_washington_-_declara_de_utilidade_publica_-_oasis.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8177/projeto_de_lei_cm_012-2024_-_pavio_-_da_nome_a_via_publica_-_ronaldo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7912/projeto_de_lei_complementar_cm_001-2024_-_mesa_diretora_-_adicional_de_comissao_de_licitacao_empregados_efetivos_entrar_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8110/projeto_de_lei_complementar_cm_002-2024_-_toninho_-_altera_codigo_de_posturas_-_proibicao_nim_indiano.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8124/projeto_de_lei_complementar_cm_003-2024_-_altera_codigo_de_posturas_-_outdoor_-_hermano.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7918/projeto_de_lei_complementar_n_001-2024_-_altera_lei_complementar_003-91-altera_atribuicoes_cargo_procurador_adjunto.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7972/projeto_de_lei_complementar_no___________-2024_-_cria_vagas_educacao.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7974/projeto_de_lei_complementar_no_xxx-2024-_altera_o_mapa_anexo_i_da_lei_complementar_255_-_2022..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7975/projeto_de_lei_complementar_no_xxx-2024-_altera_a_lei_complementar_176_-_2017..pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7976/projeto_de_lei_complementar_no_xxx-2024-_altera_a_lei_complementar_261_-_2023..pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7987/projeto_de_lei_complementar_no__xx__-2024_-_cria_gratificacao_agentes_de_contratacao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8033/projeto_de_lei_complementar_no_____-2024_-_cria_gratificacao_comissao_progressao.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8094/projeto_de_lei_complementar_no_xxx-2024-_altera_o_mapa_anexo_i_da_lei_complementar_255_-_2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8171/projeto_de_lei_complementar_no_xxx-2024-_altera_a_lei_complementar_261_-_2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8173/projeto_de_lei_complementar_no_xxx-2024-_altera_o_mapa_anexo_i_da_lei_complementar_255_-_2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8175/projeto_de_lei_complementar_no_xxx-2024-_altera_o_mapa_anexo_i_da_lei_complementar_255_-_2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7904/projeto_de_lei_no_______-2024_-_concede_revisao_e_reajuste_aos_servidores_da_administracao_direta_e_indireta.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7905/projeto_de_lei_no_______-2024_-_credito_especial_-_r_150.00000_-_assistencia_social_pedido_001-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7908/projeto_de_lei_no_003-2024_-_concede_revisao_aos_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7913/projeto_de_lei_no___________-2024_-_credito_suplementar_-_r_4.522.20000_pedido_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7914/projeto_de_lei_no___________-2024_-_credito_suplementar_-_r_5.620.64267_pedido_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7915/projeto_de_lei_no_006-2024_-_altera_a_lei_no_3.940-2023_lei_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7917/projeto_de_lei_no_______-2024_-_altera_nome_de_logradouro.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7925/projeto_de_lei_no_xxx-2024_-_credito_especial_-_r_1.856.66667_-_administracao_e_governo_pedido_004-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7926/projeto_de_lei_no_xxx-2024_-_credito_especial_-_r_130.00000_-_assistencia_social_pedido_005-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7927/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_200.00000_pedido_no_006-2024_-_desportos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7933/projeto_de_lei_no_011-2024_-_c._suplementar_-_r_350.00000.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7939/projeto_de_lei_no_012-2024-_altera_nomenclatura_de_acao_ppa_loa_e_ldo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7941/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_1.087.95336_pedido_no_008-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7942/projeto_de_lei_no_xxx-2024_-_autoriza_repasse_-_fundacao_sao_carlos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7943/projeto_de_lei_no_xxx-2024_-_credito_especial_-_r_353.33333_pedido_no_009-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7944/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_208.09900_pedido_no_010-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7945/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_356.00000_pedido_no_011-2024.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7947/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_3.505.00000_pedido_no_012-2024-assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7948/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_500.00000_pedido_no_013-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7949/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_6.738.52794_pedido_no_014-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7950/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_7.828.421_pedido_no_015-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7951/projeto_de_lei_no_xxx-2024_-_autoriza_transposicao_dos_saldos_de_resolucoes.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7952/projeto_de_lei_no_xxx-2024_-_ratifica_protocolo_intencoes_cimmvi.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7955/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_24.00000_pedido_no_016-2024_-_cultura.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7956/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_650.00000_pedido_no_017-2024_-_cultura.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7957/projeto_de_lei_no_xxx-2024_-_autoriza_repasse_-_fundacao_sao_carlos_r_192.57900.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7959/projeto_de_lei_no_xx-2024_-_credito_suplementar_-_r_70.00000_pedido_no_018-2024_-_cultura-assinado.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7966/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_90.00000_pedido_no_019-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7967/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_50.00000_pedido_no_020-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7968/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_77.00000_pedido_no_021-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7969/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_118.99436_pedido_no_022-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7970/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_137.88300_pedido_no_023-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7971/projeto_de_lei_no_xxx-2023__-_autoriza_repasse_fundacao_sao_carlos_-_r_137.88300_.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7979/projeto_de_lei_no_034-2024_-_credito_suplementar_-_r_2.125.00000_pedido_no_024-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7980/projeto_de_lei_no_______-2024_-_credito_especial_-_r_850.00000_pedido_no_025-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7981/projeto_de_lei_no_______-2024_-_credito_suplementar_-_r_34.43100_pedido_no_026-2024.docx.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7984/projeto_de_lei_no__037-2024_-_credito_suplementar_-_r_938.33359_pedido_no_027-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7985/projeto_de_lei_no_______-2024_-_credito_suplementar_-_r_650.00000_pedido_no_028-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7986/projeto_de_lei_no_______-2024_-_altera_a_lei_no_3.978-2024_autoriza_repasse_fsc.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7994/projeto_de_lei_no_040-2024_-_altera_nome_de_logradouro.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8003/projeto_de_lei_no_xxx-2024_-_autoriza_repasse_fundacao_sao_carlos_aditivo_convenio_11-23.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8008/projeto_de_lei_no_042-2024_-_altera_a_lei_no_3.980-2024_credito_suplementar_r_50.00000.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8009/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_570.00000_pedido_no_030-2024.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8010/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_304.80000_pedido_no_031-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8011/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_592.10260_pedido_no_032-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8012/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_500.00000_pedido_no_033-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8013/projeto_de_lei_no_xxx-2024_-_altera_a_lei_no_3.970-2024_credito_suplementar_r_6.738.52794.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8015/projeto_de_lei_no_xxx-2024_-_lei_de_diretrizes_orcamentarias_-_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8016/projeto_de_lei_no_______-2024_-_credito_especial_-_r_9.256.08064_pedido_no_034-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8017/projeto_de_lei_no_xxx-2024__-_autoriza_repasse_a_fundacao_sao_carlos_-_r_840.00000.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8022/projeto_de_lei_no_xxx-2024_-_altera_a_lei_no_3.990-2024_credito_suplementar_r_2.125.00000.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8023/projeto_de_lei_no_xxx-2024_-_credito_especial_-_r_350.00000_pedido_no_035-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8024/projeto_de_lei_no_xxx-2024__-_autoriza_repasse_a_apae_-_r_350.00000.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8025/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_514.72601_pedido_no_036-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8026/projeto_de_lei_no_xxx-2024_-_credito_especial_-_r_74.08645_pedido_no_037-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8029/projeto_de_lei_no_xxx-2024_-_autoriza_repasse_-_fundacao_sao_carlos_r_90.00000.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8030/projeto_de_lei_no________________-_credito_suplementar_-_r_1.500.00000_saae.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8032/projeto_de_lei_no_______-2024_-_altera_a_lei_no_3.930-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8036/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_141.41628_pedido_no_038-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8037/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_95.00000_pedido_no_039-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8038/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_900.00000_pedido_no_040-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8040/projeto_de_lei_no_xxx-2024_-_credito_especial_-_r_330.00000_pedido_no_041-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8041/projeto_de_lei_no_xxx-2024_-_credito_especial_-_r_122.43099_pedido_no_042-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8043/projeto_de_lei_no_xxx-2024_-_credito_especial_-_r_375.50000_pedido_no_043-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8044/projeto_de_lei_no_065-2024_-_credito_especial_-_r_330.00000_pedido_no_041-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8047/projeto_de_lei_no_066-2024_-_credito_suplementar_-_r_170.00000_pedido_no_044-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8048/projeto_de_lei_no_067-2024_-_credito_especial_-_r_144.00000_pedido_no_045-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8049/projeto_de_lei_no_068-2024_-_credito_especial_-_r_765.65246_pedido_no_046-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8053/projeto_de_lei_no_xxx-2024_-_credito_especial_-_r_92.00000_pedido_no_047-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8054/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_2.480.19780_pedido_no_048-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8055/projeto_de_lei_no_xxx-2024_-_altera_a_lei_no_3.989-2024_-_credito_suplementar_r_938.33359.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8056/projeto_de_lei_no_xxx-2024_-_autoriza_repasse_-_lar_sao_vicente_-_r_223.99998.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8057/projeto_de_lei_no_xxx-2024_-_autoriza_repasse_-_aefar_-_r_15.00000.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8058/projeto_de_lei_no_xxx-2024_-_autoriza_repasse_associacao_ferroviario_f.club_-_r_12.999.99.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8059/projeto_de_lei__no_xxx-2024_-_autoriza_repasse_laprata_esporte_clube_-_r_11.43100.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8062/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_689.00000_pedido_no_049-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8064/projeto_de_lei_no_xxx-2024_-_credito_especial_-_r_970.62105_pedido_no_050-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8065/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_78.00000_pedido_no_051-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8066/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_716.00000_pedido_no_052-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8067/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_460.92223_pedido_no_053-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8070/projeto_de_lei_no_xxx-2024_-_autoriza_repasse_-_fundacao_sao_carlos_r_1.042.00000.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8071/projeto_de_lei_no_xxx-2024_-_autoriza_repasse_-_fundacao_sao_carlos_r_50.40000.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8074/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_160.00000_pedido_no_054-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8075/projeto_de_lei_no_xxx-2024_-_autoriza_repasse_-_sos_r_150.00000.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8076/projeto_de_lei_no_xxx-2024_-_autoriza_repasse_grupo_escoteiros_aguas_do_pantano__r_73.99998.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8077/projeto_de_lei_no_xxx-2024_-_autoriza_repasse_congado_n.s._rosario_e_sao_benedito.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8078/projeto_de_lei_no_xxx-2024_-_credito_especial_-_r_109.20000_pedido_no_055-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8079/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_450.00000_pedido_no_056-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8080/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_1.139.10835_pedido_no_057-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8081/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_367.31651_pedido_no_058-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8082/projeto_de_lei_no_xxx-2024_-_credito_especial_-_r_75.00000_pedido_no_059-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8083/projeto_de_lei_no_xxx-2024_-_altera_a_lei_no_3.997-2024_-_credito_especial_-_r_9.256.08064.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8087/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_900.00000_pedido_no_060-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8088/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_289.40303_pedido_no_061-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8089/projeto_de_lei_no_xxx-2024_-_credito_especial_-_r_108.20909_pedido_no_062-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8090/projeto_de_lei_no_xxx-2024_-_altera_a_lei_no_4.018-2024_-_c.s._r_95.00000.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8091/projeto_de_lei_no_xxx-2024_-_autoriza_remanejamento_de_dotacoes_orcamento_2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8092/projeto_de_lei__no_xxx-2024_-_altera_ppa_-_loa_e_ldo_cria_nova_acao_-_hortas_comunitarias.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8093/projeto_de_lei_no_xxx-2024_-_altera_a_lei_no_3.785-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8096/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_1.614.07953_assinado.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8097/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_215.24162_pedido_no_064-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8098/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_287.86215_assinado.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8099/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_283.83800_saae_assinado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8100/projeto_de_lei_no_xxx-2024_-_doa_bens_inserviveis_para_a_ascalp_assinado.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8101/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_513.02545_assinado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8105/projeto_de_lei_no_xxx-2024_-_autoriza_repasse_ambasa.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8106/projeto_de_lei_no_xxx-2024_-_credito_especial_-_r_330.00000_pedido_no_067-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8107/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_325.53200_pedido_no_068-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8111/projeto_de_lei_no_xxx-2024_-_autoriza_repasse_fanfarra_-_r_19.99999.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8114/projeto_de_lei_no_xxx-2024_-_autoriza_repasse_-_fundacao_sao_carlos_r_479.10835.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8115/projeto_de_lei_no_xxx-2024_-_autoriza_repasse_-_fundacao_sao_carlos_r_660.00000.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8116/projeto_de_lei_no_xxx-2024_-_autoriza_repasse_-_fundacao_sao_carlos_r_995.88000.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8119/projeto_de_lei_no_xxx-2024_-_altera_a_lei_no_4.041-2024_-_c.e._r_109.20000.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8120/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_3.517.00000_pedido_no_069-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8121/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_125.00000_pedido_no_070-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8125/projeto_de_lei_no_xxx-2024_-_autoriza_repasse_farasvec-_r_83.33333.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8131/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_83.50000_saae.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8135/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_760.00000_pedido_no_071-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8138/projeto_de_lei_no_xxx-2024_-_ppa_-_altera.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8139/projeto_de_lei_no_xxx-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8140/projeto_de_lei_no_xxx-2024_-_ldo-_altera.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8141/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_495.00000_pedido_no_072-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8142/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_1.000.00000_pedido_no_073-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8143/projeto_de_lei_no_xxx-2024_-_altera_a_lei_no_4.059-2024_-_subvencao_social_ambasa.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8144/projeto_de_lei_no_xxx-2024_-_autoriza_municipio_receber_imovel_em_dacao_em_pagamento_-_acao_civil_publica_mauricio.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8146/projeto_de_lei_no_xxx-2024_-_altera_identificacao_da_subfuncao_de_acao_-_horta_comunitaria-_ppa_loa_e_ldo.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8151/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_646.22250_pedido_no_075-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8161/projeto_de_lei_no_xxx-2024_-_altera_a_lei_no_4.072-2024_-_c.s._r_760.00000.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8162/projeto_de_lei_no_xxx-2024_-_altera_art._8o_da_lei_no_984_de_2001_-_proibe_pesca_no_defeso.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8163/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_694.00000_pedido_no_077-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8164/projeto_de_lei_no_xxx-2024_-_credito_suplementar_-_r_900.00000_pedido_no_076-2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7916/projeto_de_resolucao_001-2024_-_nova_regulamentacao_das_assinaturas_digitais.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7999/projeto_de_resolucao_no_002-2024_-_mesa_diretora_-_altera_resolucao_849-2022_jr.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8000/projeto_de_resolucao_no_003-2024_-_mesa_diretora_-_cria_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8001/projeto_de_resolucao_no_004_-_2024_-_mesa_diretora_-_institui_o_regimento_interno_da_escola_do_legislativo_j.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8004/projeto_de_resolucao_no_005-2024_-_mesa_diretora_-_regulamenta_medalha_honra_ao_merito.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8104/projeto_de_resolucao_no_006-2024_-_mesa_diretora_-_autoriza_insercao_documentos_no_sapl.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8128/projeto_de_resolucao_no_007-2024_-_mesa_diretora_-_regulamenta_medalha_ilidio_carvalho.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8147/projeto_de_resolucao_no_008-2024_-_todos_os_vereadores_-_concede_titulo_de_cidadania_honoraria_1.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8153/projeto_de_resolucao_no_009-2024_-_medalha_ilidio_carvalho_-_sergio_maria_euzi_e_cleber.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8123/proposta_de_emenda_a_lom_no_1-20241.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7909/requerimento_001-2024_-_cici_-_bebedouro_ubs_americo_silva_i_assinado.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7910/requerimento_002-2024_-_lisa_miranda_-_poste_assinado.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7919/requerimento_003-2024_-_pavio_-_mesas_de_tabuleiro_nas_pracas_assinado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7920/requerimento_004_-_2024_-_carol_castro_-_troca_dos_uniformes.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7921/requerimento_005-2024_-_cici_-_manutencao_nas_vias_no_entorno_lagoa_das_palmeiras_29-01_assinado.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7922/requerimento_006-2024_-_washington_-_escoamento_de_agua_jr.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7923/requerimento_007-2024_-_lisa_miranda_-_motos_29-01_assinado.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7924/requerimento_008-2023_-_todos_os_vereadores_-_solicita_documentos_acs_-_29-01_assinado_assinado_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7930/requerimento_009-2024_-_carol_castro_-_solicita_informacoes_sobre_imovel_permutado_-_05-02.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7931/requerimento_010-2024_-_lisa_miranda_-_canal_digital_assinado.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7932/requerimento_011-2024_-_todos_-_medalha_osmari_05-02_assinado_assinado_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7934/requerimento_012-2024_-_lisa_miranda_-_construcao_de_praca_assinado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7935/requerimento_013-2024_-_toninho_-_odontomovel_comunidades_terapeuticas_-_14-02.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7936/requerimento_014-2024_-_hermano_-_adia_leitura_pareceres_plc_cm_1-2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7946/requerimento_015-2024_-_toninho_-_identificacao_pracas_19-02.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7953/requerimento_016-2024_-_leandro_bibiano_-_melhorias_rua_joao_graciano_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7954/requerimento_017-2024_-_lisa_miranda_-_bueiro_assinado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7961/requerimento_018-2024_-_lisa_miranda_-_asfalto_assinado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7962/requerimento_019-2024_-_carol_castro_-_solicita_informacoes_sobre_curso.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7963/requerimento_020-2024_-_toninho_-_transporte_gratuito_cemae_11-03.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7964/requerimento_021-2024_-_soninha_-_rotatoria_ou_redutores_proximo_ao_cemiterio_da_saudade_assinado.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7965/requerimento_022-2024_-_cici_-_convoca_dr_geraldo_junior_-_pagamento_promocoes_e_progressoes_assinado.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7973/requerimento_023-2024_-_lisa_miranda_-_centro_de_testagem_assinado.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7977/requerimento_024-2024_-_lisa_miranda_-_asfalto_assinado.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7978/requerimento_025-2024_-_carol_-_convoca_sabrina_e_luizinho.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7982/requerimento_026-2024_-_hermano_-_solicita_informacoes_tfd_01-04.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7983/requerimento_027-2024_-_carol_-_audiencia_publica_autismo.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7989/requerimento_028-2024_-_lisa_miranda_-_instalacao_placas_ubs_assinado.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7990/requerimento_029-2024_-_toninho_-_curso_primeiros_socorros_-_08-04.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7991/requerimento_030-2023_-_pavio_-_passagem_elevada_av_do_contorno_-_08-04_2.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7992/requerimento_031-2024_-_sr_leandro_-_rede_agua_pluvial_rua_arcos_08-04_2.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7993/requerimento_032_-_2024_-_carol_castro_-_fumace.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7995/requerimento_33-2024.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7996/requerimento_034-2024_-_lisa_miranda_-_manutencao_pontes_martins_guimaraes_assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/7997/requerimento_035-2024_-_pavio_-_olho_vivo.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8005/requerimento_036-2024_-_lisa_miranda_-_programa_saude_itinerante_assinado.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8006/requerimento_037-2024_-_leandro_bibiano_-_postes_de_iluminacao_bairro_gomes.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8007/requerimento_038-2024_-_soninha_-_atendimento_especial_-_horario_trabalhador_assinado.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8014/requerimento_039-2024_-_cici_-_dr_geraldo_junior_-_informacoes_sobre_pagamento_promocoes_e_progressoes_assinado.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8019/requerimento_040-2024_-_cici_-_redutor_de_velocidade_06-05_assinado.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8020/requerimento_041-2024_-_toninho_-_pavimentacao_olegario_bernardes_e_santa_catarina.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8021/requerimento_042-2024_-_todos_-_medalha_honra_ao_merito_06-05_assinado_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8027/requerimento_043-2024_-_leandro_-_caminhao_para_secretaria_de_obras_13-05.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8028/requerimento_044-2024_-_hermano_-_informacoes_pedido_sicredi_-_relogio_13-05_assinado.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8034/requerimento_045-2024_-_lisa_miranda_-_reforma_de_quadra_assinado.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8035/requerimento_046-2024_-_carol_-_informacoes_sobre_emenda_impositiva.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8045/requerimento_047-2024_-_lisa_miranda_-_faixas_de_pedestres_assinado.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8046/requerimento_048-2024_-_leandro_-_pavimentacao_asfaltica_almirante_tamandare_e_outras__27-05.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8050/requerimento_049-2024_-_lisa_miranda_-_veiculos_parados_na_garagem.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8051/requerimento_050-2024_-_soninha_-_pavimentacao_asfaltica_estrada_para_os_mirandas.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8052/requerimento_051-2024_-_carol_-_convoca_agentes_de_contratacao_e_outros.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8060/requerimento_052-2024_-_leandro_bibiano_-_rotaroria_rua_luz_10-06.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8061/requerimento_053-2024_-_carol_-_convoca_servidores_licitacao_10-06.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8068/requerimento_054-2024_-_leandro_bibiano_-_reforma_quadra_gomes_17-06.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8069/requerimento_055-2024_-_washington_-_audiencia_publica_ldo_17-06.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8072/requerimento_056-2024_-_lisa_miranda_-_situacao_dos_veiculos_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8073/requerimento_057-2024_-_pavio_-_passagem_elevada_modesto_gomes_24-06.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8084/requerimento_058-2024_-_hermano_-_passagem_elevada_pedestres_08-07.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8085/requerimento_059-2024_-_cici_-_fechamento_de_passagem_irregular_08-07.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8102/requerimento_062-2024_-_leandro_-_poste__rua_f_parque_industrial_-_22-07.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8103/requerimento_063-2024_-_toninho_-_transfere_sessao_ordinaria_22-07.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8109/requerimento_064-2024_-_lisa_miranda_-_solicita_informacoes_para_um_cidadao_29-07.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8112/requerimento_065-2024_-_sargento_washington_-_rotatoria_12-08_.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8117/requerimento_066-2024_-_sw_-_redutor_de_velocidade_pades.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8118/requerimento_067-2024_-_leandro_-_remanejamento_poste_rua_joao_de_barro_19-08.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8122/requerimento_068-2024_-_hermano_-_asfaltamento_eurico_dos_santos_ribeiro_26-08.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8129/requerimento_069-2024_-_leandro_-_pavimentacao_rua_sergipe_09-09.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8130/requerimento_070-2024_-_carol_castro_-_informacoes_sec_obras_e_urb_-_pav_e_ilum_rua_09-09.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8133/requerimento_071-2024_-_leandro_-_lombadas_na_barao_do_rio_branco_-_16-09.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8134/requerimento_072-2024_-_lisa_miranda_-_rotatoria_23-09.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8136/requerimento_073-2024_-_lisa_miranda_-_pavimentacao_asfaltica_30-09.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8137/requerimento_074-2024_-_leandro_-_pavimentacao_e_rotatoria_rua_sao_carlos_30-09.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8148/requerimento_075-2024_-_lisa_miranda_-_limpeza_proximo_a_lagoa_do_pocao_-_07-10.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8149/requerimento_076-2024_-_leandro_-_faixa_de_pedestres_na_rua_samuel_bernardes_-_07-10.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8150/requerimento_077-2024_-_lisa_miranda_-_lombadas_na_barao_do_rio_branco_-_14-10.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8154/requerimento_078-2024_-_carol_-_transtornos_aos_moradores_dos_bairros_marilia_e_m_alf_dhor_14-10.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8158/requerimento_079-2024_-_lisa_miranda_-_maquina_de_limpeza_de_piso_upa_-_21-10.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8159/requerimento_080-2024_-_cici_-_dr_geraldo_junior_-_informacoes_sobre_pagamento_promocoes_e_progressoes_ii.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8160/requerimento_081-2023_-_sargento_washington_-_audiencia_publica_loa_-_21-10.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8166/requerimento_082-2024_-soninha_-_ampliacao_transporte_coletivo_publico_gratuito_5-11.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8167/requerimento_083-2024_-_leandro_-_melhorias_rede_pluvial_05-11.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8168/requerimento_084-2024_-_toninho_-_participacao_de_vereador_de_forma_remota.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8169/requerimento_085-2024_-_soninha_-_pavimentacao_asfaltica_rua_luz_11-11.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8176/requerimento_088_-2024_-_cici_-_sec_adm_gov_-_informacoes_sobre_pagamento_promocoes_e_progressoes_iii.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2024/8178/requerimento_089-2024_-_leandro_-_recapeamento_rua_josino_francisco_vidal_-_marilia_16-12.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H273"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="110.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="106.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="214.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>