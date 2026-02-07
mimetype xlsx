--- v0 (2025-11-03)
+++ v1 (2026-02-07)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4355" uniqueCount="1903">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4682" uniqueCount="2054">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1058,50 +1058,104 @@
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8710/projeto_de_lei_cm_18-2025_-_toninho_da_laje_-_da_nome_a_rua_j_iolanda.pdf</t>
   </si>
   <si>
     <t>Dá Nome à Rua J situada no Bairro Mangabeiras, no Município de Lagoa da Prata.</t>
   </si>
   <si>
     <t>8729</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8729/projeto_de_lei_cm_019-2025_-_joao_pedro_-_declara_de_utilidade_publica_-_avf.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a AVF – Associação Esportiva Veloso.</t>
   </si>
   <si>
     <t>8741</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8741/projeto_de_lei_cm_020-2025_-_ana_ruth_-_institui_a_semana_cultural_da_consciencia_negra_no_municipio_j_31-10.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal da Consciência Negra no Município de Lagoa da Prata - MG.</t>
   </si>
   <si>
+    <t>8751</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8751/projeto_de_lei_cm_021-2025_-_joao_pedro_-_declara_de_utilidade_publica_-_renascer.pdf</t>
+  </si>
+  <si>
+    <t>Declara de Utilidade Pública a Associação Cultural e Social Renascer, cujo nome de fantasia é Instituto Voar.</t>
+  </si>
+  <si>
+    <t>8757</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8757/projeto_de_lei_cm_022-2025_-_tuty_e_joao_pedro_-_declara_de_utilidade_publica_-_clube_recreativo_master_de_lagoa_1.pdf</t>
+  </si>
+  <si>
+    <t>Declara de Utilidade Pública o Clube Recreativo Master de Lagoa.</t>
+  </si>
+  <si>
+    <t>8761</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8761/projeto_de_lei_cm_23-2025_-_toninho_da_laje_-_campanha_laco_branco_j.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Mês do Laço Branco - Homens pelo Fim da Violência Contra a Mulher - no âmbito do Município de Lagoa da Prata.</t>
+  </si>
+  <si>
+    <t>8762</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8762/projeto_de_lei_cm_024-2025_-_soninha_-_da_nome_a_rua_k_-_toninho_piracema.pdf</t>
+  </si>
+  <si>
+    <t>Dá Nome à Rua K situada no Bairro Mangabeiras, no Município de Lagoa da Prata.</t>
+  </si>
+  <si>
+    <t>8770</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8770/projeto_de_lei_cm_025-2025_-_janeany__-_da_nome_a_rua_i_-_claudio_boiada_28-11.pdf</t>
+  </si>
+  <si>
+    <t>Dá Nome à Rua I situada no Bairro Mangabeiras, no Município de Lagoa da Prata.</t>
+  </si>
+  <si>
+    <t>8788</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8788/projeto_de_lei_cm_026-2025_-_toninho_da_laje_-_declara_de_utilidade_publica_-_bom_de_bola_12-12.pdf</t>
+  </si>
+  <si>
+    <t>Declara de Utilidade Pública a Associação Projeto Bom de Bola.</t>
+  </si>
+  <si>
     <t>8308</t>
   </si>
   <si>
     <t>PLC-C</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - CM</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8308/projeto_de_lei_complementar_cm_001-2025_-_joao_pedro_-_altera_codigo_de_posturas.pdf</t>
   </si>
   <si>
     <t>8356</t>
   </si>
   <si>
     <t>Janeany, Soninha, Toninho da Laje</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8356/projeto_de_lei_complementar_cm_002-2025_-_mesa_diretora_-_altera_lc_276-2024_-_aumenta_agentes_adm.pdf</t>
   </si>
   <si>
     <t>Altera a “Lei Complementar Municipal nº 276, de 23 de fevereiro de 2024”, que Institui o Quadro de Pessoal da Câmara Municipal de Lagoa da Prata, trata da Classificação e Provimento dos Cargos e da Promoção, Progressão, Vencimentos e Atribuições dos Servidores e revoga a Lei Complementar 49/2005.</t>
   </si>
   <si>
     <t>8381</t>
@@ -1110,50 +1164,53 @@
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8381/projeto_de_lei_complementar_cm_003-2025_-_tuty_-_altera_c_posturas_-_especies_de_arvores_invasoras.pdf</t>
   </si>
   <si>
     <t>8448</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8448/projeto_de_lei_complementar_cm_004-2025_-_mesa_diretora_-_adicionais_empregados_16-5-2025_jr.pdf</t>
   </si>
   <si>
     <t>Autoriza o pagamento de Adicionais aos Empregados Públicos da Câmara Municipal de Lagoa da Prata, nos Casos Que Menciona.</t>
   </si>
   <si>
     <t>8634</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8634/projeto_de_lei_complementar_cm_005-2025_-_toninho_da_laje_-_altera_lc_240-2021.pdf</t>
   </si>
   <si>
     <t>8657</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8657/projeto_de_lei_complementar_cm_006-2025_-_joao_pedro_-_altera_lc_240-2021.pdf</t>
   </si>
   <si>
     <t>8712</t>
+  </si>
+  <si>
+    <t>Elias Motorista, João Pedro, Tuty da Borracharia</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8712/projeto_de_lei_complementar_cm_007-2025_-_joao_pedro_-_tuty_e_elias_-_app_em_auc_-_10-10-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a delimitação das Áreas Urbanas Consolidadas – AUC - no âmbito do Município de Lagoa da Prata, nos termos do que estabelece a_x000D_
 “Constituição da República de 5 de outubro de 1988”, a “Lei Nacional nº 6.938, de 31 de agosto de 1981”, e a “Lei Nacional nº 12.651, de 25 de maio_x000D_
 de 2012”, alterada pela “Lei Nacional n° 14.285, de 29 de dezembro de 2021.”</t>
   </si>
   <si>
     <t>8182</t>
   </si>
   <si>
     <t>PLC-E</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei Complementar - EM </t>
   </si>
   <si>
     <t>DI GIANNE DE OLIVEIRA NUNES</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8182/projeto_de_lei_complementar_no_xxx-2025-_cria_o_cargo_de_provimento_temporario_de_professor_de_apoio.pdf</t>
   </si>
   <si>
@@ -3379,50 +3436,116 @@
   <si>
     <t>Altera a “Lei nº 0288, de 16 de agosto de 1964”, que “Delimita os perímetros urbano e suburbano do Distrito de Martins Guimarães”, para redefinir o perímetro urbano do referido Distrito e dá outras providências.”</t>
   </si>
   <si>
     <t>8745</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8745/projeto_de_lei_no_200-2025_-_altera_percentual_de_suplementacao_ldo_2025_lei_no_4.040-2024.pdf</t>
   </si>
   <si>
     <t>8746</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8746/projeto_de_lei_no_201-2025_-_altera_percentual_de_suplementacao_loa_2025_lei_no_4.084-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do Percentual de Suplementação da Lei Orçamentária Anual do Exercício 2025 e dá outras providências.</t>
   </si>
   <si>
+    <t>8756</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8756/projeto_de_lei_no_202-2025_-_credito_suplementar_-_r_750.00000_saae.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a Abrir Crédito Suplementar ao Orçamento Vigente do Município de Lagoa da Prata no valor de R$ 750.000,00.</t>
+  </si>
+  <si>
+    <t>8763</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8763/projeto_de_lei_no_203-2025_-_credito_suplementar_-_r_286.00000_pedido_no_100-2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a Abrir Crédito Suplementar ao Orçamento Vigente do Município de Lagoa da Prata no valor de R$ 286.000,00.</t>
+  </si>
+  <si>
+    <t>8768</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8768/projeto_de_lei_no_204-2025_-_altera_a_lei_no_4.286-2025_-_ce__r_62.27541.pdf</t>
+  </si>
+  <si>
+    <t>Altera a “Lei nº 4.286, de 13 de novembro de 2025” que Autoriza o Executivo Municipal a Abrir Crédito Especial ao Orçamento Vigente do Município de Lagoa da Prata no valor de R$ 62.275,41.</t>
+  </si>
+  <si>
+    <t>8785</t>
+  </si>
+  <si>
+    <t>205</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8785/projeto_de_lei_no_205-2025_-_autoriza_repasse_auxilio_fundacao_sao_carlos_r_180.00000.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a Conceder Auxílio à Entidade Que Menciona</t>
+  </si>
+  <si>
+    <t>8786</t>
+  </si>
+  <si>
+    <t>206</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8786/projeto_de_lei_no_206-2025_-_autoriza_repasse_auxilio_fundacao_sao_carlos_r_177.23600.pdf</t>
+  </si>
+  <si>
+    <t>8787</t>
+  </si>
+  <si>
+    <t>207</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8787/projeto_de_lei_no_207-2025_-_autoriza_repasse_subvencao_fundacao_sao_carlos_r_50.40000.pdf</t>
+  </si>
+  <si>
     <t>8248</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8248/projeto_de_resolucao_no_001-2025_-_toninho_-_incentivo_a_doacao_de_sangue_17-02.pdf</t>
   </si>
   <si>
     <t>Autoriza concessão de folga a Empregado Público Efetivo da Câmara Municipal de Lagoa da Prata que realizar doação de sangue ou medula óssea, voluntariamente, nos termos que menciona.</t>
   </si>
   <si>
     <t>8364</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8364/projeto_de_resolucao_no_002-2025_-_mesa_diretora_-_autoriza_adesao_ao_parlamento_jovem.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal de Lagoa da Prata a aderir ao Programa Parlamento Jovem da Assembleia Legislativa do Estado de Minas Gerais e regulamenta sua realização pelo Legislativo local.</t>
   </si>
   <si>
     <t>8412</t>
@@ -3495,50 +3618,60 @@
     <t>8704</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8704/projeto_de_resolucao_no_010-2025_-_medalha_ilidio_carvalho_-_daniel_sibele_e_leticia.pdf</t>
   </si>
   <si>
     <t>Concede a Medalha Ilídio Carvalho aos cidadãos que indica.</t>
   </si>
   <si>
     <t>8735</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8735/projeto_de_resolucao_no_011-2025_-_mesa_diretora_-_regulamenta_a_realizacao_de_audiencia_publica_24-10-2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta a realização de Audiências Públicas que menciona, no âmbito do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>8742</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8742/projeto_de_resolucao_no_012-2025__-_da_nome_ao_cac_-_silverio_rocha.pdf</t>
   </si>
   <si>
     <t>Dá nome ao Centro de Atendimento ao Cidadão da Câmara Municipal de Lagoa da Prata.</t>
+  </si>
+  <si>
+    <t>8771</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8771/projeto_de_resolucao_no_013-2025_-_mesa_diretora_-_altera_regimento_interno_-_terceira_alteracao.pdf</t>
+  </si>
+  <si>
+    <t>Altera o texto da “Resolução nº 865, de 27 de dezembro de 2022” que Aprova o Regimento Interno da Câmara Municipal de Lagoa da Prata e_x000D_
+revoga a “Resolução nº 462, de 16 de dezembro de 2004.”</t>
   </si>
   <si>
     <t>8437</t>
   </si>
   <si>
     <t>P-LOM</t>
   </si>
   <si>
     <t>Proposta de Emenda LOM</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8437/proposta_de_emenda_a_lom_no_1-2025_-_9-5-2025.pdf</t>
   </si>
   <si>
     <t>Altera o Caput do Art. 12 da Lei Orgânica do Município de Lagoa da Prata.</t>
   </si>
   <si>
     <t>8193</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
@@ -5491,115 +5624,97 @@
     <t>Os Vereadores infra-assinados, na forma regimental, requerem a Vossa Excelência que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento que solicita ao Secretário Municipal de Obras e Urbanismo, Reginaldo Henrique dos Santos; ao Chefe do Setor de Trânsito e Transportes, José Cláudio dos Santos; e ao Secretário Municipal de Meio Ambiente, Anderson Rodrigues Andrade; bem como aos demais setores competentes, que informem a esta Casa sobre a possibilidade de realizar melhorias no Bairro Cidade Nova, sendo elas:</t>
   </si>
   <si>
     <t>8696</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8696/requerimento_200-2025_-_elias_-_empocamento_-_29-09.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, na forma regimental, requer a Vossa Excelência que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento que solicita ao Secretário de Obras e Urbanismo, Reginaldo Henrique dos Santos, bem como aos demais setores competentes, que informem sobre a viabilidade de realização de obra de drenagem e melhoria da infraestrutura urbana na Avenida Antenor Chagas Madeira, em especial, nas proximidades do nº 1082, bem como a esquina próxima a um açougue conhecido na região.</t>
   </si>
   <si>
     <t>8697</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8697/requerimento_201-2025_-_ana_ruth_-_carreta_da_alegria_no_dia_dos_idosos__-29-09_-.pdf</t>
   </si>
   <si>
     <t>A Vereadora infra-assinada, na forma regimental, requer a Vossa Excelência que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento que solicita ao Secretário de Desportos, Rodrigo Lacerda Ramos e ao Secretário de Administração e Governo,_x000D_
 Alysson Elias Macedo, bem como aos demais setores competentes, que informem sobre a possibilidade de contratar, no mês de outubro, em alusão ao Dia do Idoso, a carreta da alegria para os idosos da Melhor Idade.</t>
   </si>
   <si>
     <t>8698</t>
   </si>
   <si>
-    <t>202</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8698/requerimento_202-2025_-_joao_pedro_-_passagem_elevada_-_29-09.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, na forma regimental, requer a Vossa Excelência que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento que solicita ao Secretário de Transportes e Limpeza Urbana, Luiz da Silva Júnior, bem como aos demais setores competentes, que informem a esta Casa sobre a possibilidade de implantação de uma passagem elevada para travessia de pedestres em frente à Igreja São Francisco.</t>
   </si>
   <si>
     <t>8699</t>
-  </si>
-[...1 lines deleted...]
-    <t>203</t>
   </si>
   <si>
     <t>Toninho da Laje, Janeany, Tuty da Borracharia</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8699/requerimento_203-2025_-__tuty_toninho_e_janeany_-_vagas_em_concurso_publico__-_29-09.pdf</t>
   </si>
   <si>
     <t>Os Vereadores infra-assinados, na forma regimental, requerem a Vossa Excelência que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento que solicita o solicitando ao Secretário Municipal de Meio Ambiente, Anderson Rodrigues Andrade,_x000D_
 e ao Secretário Municipal de Administração e Governo, bem como aos demais setores competentes, que informem a esta Casa sobre a possibilidade de criação do cargo de Engenheiro Ambiental, a ser preenchido no próximo Concurso Público.</t>
   </si>
   <si>
     <t>8700</t>
   </si>
   <si>
-    <t>204</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8700/requerimento_204-2025_-_tuty_e_demais_vereadores_-_der_-_29-09.pdf</t>
   </si>
   <si>
     <t>Os Vereadores infra-assinados, na forma regimental, requerem a Vossa Excelência que seja enviado ofício ao Departamento Edificações de Estradas de Rodagem do Estado de Minas Gerais – DER-MG, solicitando ao seu Diretor-Geral, Dr. Matheus Guimarães Novais, que realize ou determine a realização de estudo técnico sobre a viabilidade da construção de uma via secundária, que possa margear a área urbanizada do Município, de modo a retirar de dentro da cidade o tráfego de veículos pesados, conforme a justificativa deste Requerimento, bem como as sugestões de trajeto a serem enviadas.</t>
   </si>
   <si>
     <t>8701</t>
   </si>
   <si>
-    <t>205</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8701/requerimento_205-2025_-_janeany_-_interdicao_da_av_jose_bernardes_maciel_-.pdf</t>
   </si>
   <si>
     <t>A Vereadora infra-assinada, na forma regimental, requer a Vossa Excelência que se envie ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento, solicitando ao Secretário Municipal de Transportes e Limpeza Pública, Luiz da Silva Júnior; ao Chefe do Setor de Trânsito e Transportes, José Cláudio dos Santos, bem como aos demais setores competentes, que informem sobre a viabilidade de interdição imediata e total da Avenida José Bernardes Maciel, no trecho compreendido entre a Rua Maranhão e a Rua Pará, onde se encontra a obra atualmente paralisada, bem como a data exata prevista para a continuidade das obras.</t>
   </si>
   <si>
     <t>8706</t>
   </si>
   <si>
-    <t>206</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8706/requerimento_206-2025_-_joao_pedro_-_pista_de_corrida_-_06-10.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, na forma regimental, requer a Vossa Excelência que se envie ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento, que solicita ao Secretário Municipal de Desportos, Rodrigo Lacerda Ramos; ao Secretário Municipal de Obras e Urbanismo, Reginaldo Henrique dos Santos; ao Secretário Municipal de Transportes e Limpeza Pública, Luiz da Silva Júnior, bem como aos demais setores competentes, que informem a esta Casa sobre a viabilidade de alteração da atual ciclovia localizada na Avenida das Palmeiras, na Praia Municipal, para que passe a ser utilizada oficialmente como pista de corrida.</t>
   </si>
   <si>
     <t>8707</t>
-  </si>
-[...1 lines deleted...]
-    <t>207</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8707/requerimento_207-2025_-_tuty_-_praca_dona_dodora.pdf</t>
   </si>
   <si>
     <t>Os Vereadores infra-assinados, na forma regimental, requerem a Vossa Excelência que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento que solicita ao Secretário de Meio Ambiente, ao Secretário de Administração e Governo, bem como à Procuradoria-Geral do Município, que informem a esta Casa, se estão sendo adotadas medidas visando a desintegração da área referente à Praça Dona Dodora, situada na Avenida Fernão Dias, esquina com Rua Alexandrino Antônio de Oliveira, no Bairro Chico Miranda, de um imóvel particular situado ao lado da mencionada praça, cujos imóveis estão, atualmente, integrados em um só, cercado por muro, deixando transparecer que a área pública pertence ao proprietário particular, o que não é verdade. Se estão sendo adotadas medidas neste sentido, que nos informem quais são.</t>
   </si>
   <si>
     <t>8708</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8708/requerimento_208-2025_-_ana_ruth_-_audiencia_publica_sobre_dia_da_consciencia_negra_06-10.pdf</t>
   </si>
   <si>
     <t>A Vereadora infra-assinada, na forma regimental e consultado o Plenário, requerem a Vossa Excelência que seja determinada a realização de uma Audiência Pública, a ser realizada no mês de novembro de 2025, com o tema: Consciência Negra: história, lutas, cultura e resistência; com o objetivo de promover reflexões, debates e ações voltadas para a valorização e respeito à cultura afro-brasileira, o combate ao racismo e a promoção da igualdade racial em nosso município. Propomos que sejam convidados representantes de movimentos sociais, lideranças comunitárias, entidades culturais, representantes do Poder Executivo e demais autoridades ligadas à pauta da igualdade racial, além de toda a população interessada.</t>
   </si>
   <si>
     <t>8709</t>
   </si>
   <si>
     <t>209</t>
   </si>
@@ -5758,50 +5873,387 @@
   <si>
     <t>221</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8738/requerimento_221-2025_-_mauro_do_gas_-_redutor_de_velocidade_praca_dos_congadeiros_-_27-10.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, na forma regimental, requer a Vossa Excelência que se envie ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento, solicitando ao Secretário Municipal de Transportes e Limpeza Urbana, Luiz da Silva Júnior, bem como aos demais setores competentes, que informem a possibilidade de implantação de um redutor de velocidade na Rua Eurico dos Santos Ribeiro, em frente à Praça dos Congadeiros, no bairro Marília.</t>
   </si>
   <si>
     <t>8739</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>Toninho da Laje, Mauro do Gás, Soninha</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8739/requerimento_222-2025_-toninho_e_outros-_convoca_diretor_saae_-_27-10.pdf</t>
   </si>
   <si>
     <t>Os Vereadores infra-assinados, na forma regimental e consultado o Plenário, requerem a Vossa Excelência que se envie ofício ao Diretor do Serviço Autônomo de Água e Esgoto de Lagoa da Prata – SAAE-LP, Hermano Drummond, convocando-o a comparecer a esta Casa, no prazo regimental e nos termos da Lei Orgânica do Município, acompanhado pelo Diretor adjunto, Daniel Marcondes Delfino, e pelo Controlador interno, Thiago Donizete de Souza, da Autarquia Municipal, bem como de outros profissionais que entender pertinentes, para que possam prestar contas a esta Casa Legislativa e à população a respeito das atividades exercidas, projetos a serem implementados e, principalmente, sobre a situação financeira do SAAE-LP, referentes ao primeiro e segundo quadrimestre de 2025.</t>
   </si>
   <si>
+    <t>8747</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8747/requerimento_223-2025_-_ana_ruth_-_convenio_com_o_detran_-_05-11.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora infra-assinada, na forma regimental e consultado, requer a Vossa Excelência que se envie ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento, que solicita ao Secretário de Administração e Governo, Alysson Elias Macedo; ao Secretário de Transportes e Limpeza Pública, Luiz da Silva Júnior; e ao Chefe do Setor de Trânsito e Transportes, José Cláudio dos Santos, bem como aos demais setores competentes, que verifiquem a possibilidade de se celebrar convênio entre o Município e o Departamento de Trânsito de Minas Gerais (DETRAN-MG), a fim de permitir a utilização do sistema estadual de processamento de multas e o acesso à base de dados do Estado, em decorrência da municipalização do trânsito.</t>
+  </si>
+  <si>
+    <t>8748</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8748/requerimento_224-2025_-_carla_andrade_-_redutor_de_velocidade_rua_barao_do_rio_branco_-_10-11.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora infra-assinada, na forma regimental, requer a Vossa Excelência que se envie ofício ao Chefe do Poder Executivo Municipal encaminhando o presente Requerimento, que solicita ao Secretário de Transportes e Limpeza Pública, Luiz da Silva Júnior; ao Chefe do Setor de Trânsito e Transportes, José Cláudio dos Santos; bem como aos demais setores competentes, que informem a possibilidade de instalação de quebra-molas na Rua Barão do Rio Branco, nas proximidades da pracinha, com o objetivo de reduzir a velocidade dos veículos e garantir maior segurança aos pedestres e moradores locais.</t>
+  </si>
+  <si>
+    <t>8749</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8749/requerimento_225-2025_-toninho_-_reforma_quadra_n.s.gracas_-_05-11.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador infra-assinado, na forma regimental, requer a Vossa Excelência que seja enviado ofício ao Excelentíssimo Prefeito Municipal de Lagoa da Prata, encaminhando o presente Requerimento, solicitando ao Secretário Municipal de Obras e Urbanismo, Reginaldo Henrique dos Santos, ao Secretário Municipal de Desportos, Rodrigo Lacerda Ramos, e aos demais setores competentes, informações sobre a possibilidade de realização de obras de melhorias na Quadra de Esportes do Bairro Nossa Senhora das Graças, localizada na esquina entre as ruas Rio Grande do Norte e Almirante Tamandaré, próximo à divisa com o Bairro Etelvina Miranda, neste município.</t>
+  </si>
+  <si>
+    <t>8750</t>
+  </si>
+  <si>
+    <t>226</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8750/requerimento_226-2025_-_tuty_-_situacao_dos_imoveis_no_distrito_industrial.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador infra-assinado, na forma regimental, requer a Vossa Excelência que seja enviado ofício ao Prefeito, encaminhando o presente Requerimento que solicita à Secretária Municipal de Desenvolvimento Econômico, bem como à Procuradoria-Geral do Município, que informem a esta Casa, se há possibilidade de se tomar medidas severas visando a proteção do Patrimônio Público no Distrito Industrial, inclusive com acionamento das forças de Segurança Pública, Polícias Militar e Civil e ainda, o Ministério Público, se for o caso, considerando as ilegais ocupações de terrenos e, em especial, vendas clandestinas e ilegais de lotes que estão sendo realizadas, cujos lotes são na verdade do Município, até que se prove o contrário._x000D_
+Que seja enviado ofício ao Ministério Público local, Curadoria do Patrimônio Público, encaminhando cópia deste Requerimento.</t>
+  </si>
+  <si>
+    <t>8752</t>
+  </si>
+  <si>
+    <t>227</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8752/requerimento_227-2025_-_tuty_-_pintura_de_depressoes__-_10-11_--.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador infra-assinado, na forma regimental, requer a Vossa Excelência que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento que solicita ao Secretário de Transportes e Limpeza Pública, Luiz da Silva Júnior; ao Chefe do Setor de Trânsito e Transportes, José Cláudio dos Santos; bem como aos demais setores competentes, que informem sobre a viabilidade de realização da pintura e revitalização das sinalizações horizontais em todas as depressões do município.</t>
+  </si>
+  <si>
+    <t>8753</t>
+  </si>
+  <si>
+    <t>228</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8753/requerimento_228-2025_-_ana_ruth_-_ativacao_do_compir.pdf</t>
+  </si>
+  <si>
+    <t>A vereadora infra-assinada, na forma regimental, requer a Vossa Excelência, que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento, solicitando à Secretária de Assistência Social, Amanda Talita Luiz Lopes, que informe a esta Casa se há previsão de ativação (instalação) do Conselho Municipal de Promoção Pela Igualdade Racial, conforme estabelece a Lei Municipal nº 1.182/2004 que_x000D_
+Dispõe sobre a Política Municipal de Promoção pela igualdade Racial e dá outras providências, que cria o referido Conselho._x000D_
+Que informe ainda a respeito do Fundo Municipal de Promoção Pela Igualdade Racial, também criado pela referida lei, se existe um orçamento destinado a ele e, caso afirmativo, os valores correspondentes e como estão sendo aplicados em benefício da comunidade afrodescendente de nosso município.</t>
+  </si>
+  <si>
+    <t>8754</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8754/requerimento_229-2025_-_mauro_do_gas_-substituicao_dos_bebedouros_da_ubs_do_sol_nascente__-_10-11.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador infra-assinado, na forma regimental, requer a Vossa Excelência que se envie ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento, solicitando a Secretária Municipal de Saúde, Sabrina Elen de Novaes; ao Secretário Municipal de Administração e Governo, Alysson Elias Macedo, bem como aos demais setores competentes, que informem a possibilidade de realizar a substituição dos bebedouros da Unidade Básica de Saúde Dr. Ciro dos Santos, localizada no bairro Sol Nascente, tendo em vista que os equipamentos existentes não estão funcionando de forma_x000D_
+adequada, não gelam a água e apresentam falhas no fluxo de saída.</t>
+  </si>
+  <si>
+    <t>8755</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8755/requerimento_230-2025_-__joao_pedro_-_audiencia_publica_ldo_10-11.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador infra-assinado, na forma regimental e consultado o Plenário, requer a Vossa Excelência, ouvido o Plenário, que seja realizada uma Audiência Pública no dia 18 de novembro de 2025, às 18 horas, no Plenário desta Casa Legislativa, com o objetivo de apresentar e discutir o Projeto de Lei do Orçamento Municipal para o exercício de 2026, bem como os Projetos que tratam da revisão do Plano Plurianual – PPA e da Lei de Diretrizes Orçamentárias – LDO, atualmente em tramitação nesta Câmara Municipal, em atendimento ao disposto no inciso I, do §1º do artigo 48 da Lei Complementar Federal nº 101/2000 – Lei de Responsabilidade Fiscal.</t>
+  </si>
+  <si>
+    <t>8758</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8758/requerimento_231-2025_-_soninha_-_reforma_na_praca_de_esportes_-_17-11.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora infra-assinada, na forma regimental, requer a Vossa Excelência que se envie ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento, ao Secretário Municipal de Obras e Urbanismo, Reginaldo Henrique dos Santos, ao Secretário Municipal de Desportos, Rodrigo Lacerda Ramos, e aos demais setores competentes, que informem a esta Casa se há possibilidade de realizar uma reforma na praça de esportes.</t>
+  </si>
+  <si>
+    <t>8759</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8759/requerimento_232-2025_-_joao_tuty_e_toninho_-_mao_unica_na_av_benedito_valadares_e_27_de_dezembro_--_17-11.pdf</t>
+  </si>
+  <si>
+    <t>8760</t>
+  </si>
+  <si>
+    <t>233</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8760/requerimento_233-2025_-janeany_-tercerizacao_do_atendimento_da_farmacia_popular-_17-11.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora infra-assinada, na forma regimental, requer a Vossa Excelência que se envie ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento, solicitando à Secretária Municipal de Saúde, Sabrina Elen de Novaes; ao Secretário Municipal de Administração e Governo, Alysson Elias Macedo, bem como aos demais setores competentes, que informem:_x000D_
+a) a viabilidade da terceirização do atendimento ao público na Farmácia Municipal;_x000D_
+b) a viabilidade da abertura de duas novas vagas para farmacêutico no próximo concurso público, com o objetivo de iniciar a descentralização da assistência farmacêutica para os bairros;_x000D_
+c) a possibilidade de criação de vagas para técnico em farmácia, como suporte direto aos farmacêuticos, garantindo estrutura mínima para a ampliação do serviço._x000D_
+d) a possibilidade de instalação de um novo posto da Farmácia Municipal na sede da Estação Saúde, com a finalidade de agilizar o atendimento e reduzir a demanda concentrada na unidade central.</t>
+  </si>
+  <si>
+    <t>8764</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8764/requerimento_234-2025_-janeany_-_calcada_rua_olegario_maciel_-_24-11-25.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Presidente,_x000D_
+A Vereadora infra-assinada, na forma regimental, requer a Vossa Excelência que se envie ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento, solicitando ao Secretário Municipal de Obras e Urbanismo, Reginaldo Henrique dos Santos, bem como aos demais setores competentes, que informem:_x000D_
+a) quais providências serão adotadas para a regularização e reparo da calçada situada na Rua Olegário Maciel, ao lado do Banco e em frente à Floricultura;_x000D_
+b) o prazo estimado para execução do serviço;_x000D_
+c) se há estudo técnico concluído ou em andamento para nivelar a calçada e garantir condições adequadas de acessibilidade aos pedestres;_x000D_
+d) se o proprietário do imóvel já foi formalmente notificado pela Secretaria competente, considerando que a responsabilidade pela adequação da calçada é primeiramente do proprietário;_x000D_
+e) caso tenha havido notificação, quais medidas foram adotadas pelo proprietário e, em caso negativo, qual o motivo da ausência de providências, uma vez que o problema foi comunicado previamente à Secretaria;_x000D_
+f) por qual razão, mesmo após o envio de fotos e comunicação direta realizada pela Vereadora no dia 12 de setembro, nenhuma medida foi tomada até o presente momento.</t>
+  </si>
+  <si>
+    <t>8765</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8765/requerimento_235-2025_-_carla_andrade_-_asfalto_-_24-11-25.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora infra-assinada, na forma regimental, requer a Vossa Excelência que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento, solicitando ao Secretário Municipal de Obras e Urbanismo, Reginaldo Henrique dos Santos, e aos demais_x000D_
+setores competentes, que informem a esta Casa a viabilidade de realização de estudo técnico, financeiro e operacional para a substituição do calçamento de pedras existente no Beco PC8 e no Beco PC9, no Bairro Gomes, por pavimentação asfáltica.</t>
+  </si>
+  <si>
+    <t>8766</t>
+  </si>
+  <si>
+    <t>236</t>
+  </si>
+  <si>
+    <t>Toninho da Laje, Tuty da Borracharia, Ana Ruth, Carla Andrade, Elias Motorista, Janeany, João Pedro, Mauro do Gás, Soninha</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8766/requerimento_236-2025_-toninho_e_outros_-_demandas_audiencia_transito_-_24-11.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Presidente,_x000D_
+Os Vereadores infra-assinados, na forma regimental, requerem a Vossa Excelência que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento, solicitando aos Secretários Municipais de Obras e Urbanismo, Transportes e Limpeza Pública, Administração e Governo, Meio Ambiente, Educação, Assistência Social, ao Chefe do Setor de Trânsito e Transportes, ao Procurador-Geral do Município, e aos demais setores competentes, que informem a esta Casa, se há previsão para a tomada de providências imediatas e planejamento estruturado para as demandas apresentadas pela população durante a Audiência Pública sobre Trânsito e Mobilidade Urbana, realizada no dia 29/10/2025, no Plenário da Câmara Municipal. _x000D_
+Solicitam que seja encaminhada cópia deste Requerimento aos representantes das seguintes instituições: Ministério Público, Juízes de Direito, Polícia Militar, Delegacia de Polícia Civil, Guarda Civil Municipal, DER-MG, ACE/CDL, OAB, Conselho Municipal dos Direitos da Pessoa com Deficiência, Conselho Municipal da Cidade, APAE e ASAP.</t>
+  </si>
+  <si>
+    <t>8767</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8767/requerimento_237-2025_-_ana_ruth_-_perimetro_urbano_distrito_martins_guimaraes_-_24-11.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Presidente,_x000D_
+A Vereadora infra-assinada, na forma regimental, requer a Vossa Excelência que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento que solicita ao Secretário Municipal de Obras e Urbanismo, Reginaldo Henrique dos Santos, que informe a esta Casa se há previsão para o envio a esta Casa de Leis, de Projeto para a delimitação completa do Perímetro Urbano do Distrito de Martins Guimarães, abrangendo todas as áreas urbanas consolidadas existentes no local, cujos proprietários de imóveis reivindicam esta urbanização e delimitação.</t>
+  </si>
+  <si>
+    <t>8772</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8772/requerimento_238-2025_-_soninha_-_quebra-molas_americo_silva_-_01-12.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora infra-assinada, na forma regimental, requer a Vossa Excelência que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento que solicita ao secretário de Transportes e Limpeza Pública, Luiz da Silva Júnior e ao Chefe do Setor de Trânsito e Transportes, José Cláudio dos Santos, e aos demais setores competentes, que informem a possibilidade de instalação de um redutor de velocidade (quebra-mola) na Avenida Poção, em frente ao nº 518, casa 2, no bairro Américo Silva.</t>
+  </si>
+  <si>
+    <t>8773</t>
+  </si>
+  <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8773/requerimento_239-2025_-_tuty_-_aterro_sanitario__-_01-12_--.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador infra-assinado, na forma regimental e consultado o Plenário, requer a Vossa Excelência que se envie ofício ao Chefe do Poder Executivo Municipal encaminhando o presente Requerimento, que solicita ao secretário de Meio Ambiente, Anderson Rodrigues Andrade, bem como aos demais setores competentes, que informem a possibilidade de disponibilizar informações detalhadas sobre o andamento da licença ambiental do aterro sanitário, incluindo as tratativas em curso, a situação atual do processo e a previsão de retorno e pleno funcionamento do referido aterro, bem como dados completos sobre os custos envolvidos na terceirização do serviço de destinação dos resíduos sólidos do município de Bambuí.</t>
+  </si>
+  <si>
+    <t>8774</t>
+  </si>
+  <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8774/requerimento_240-2025_-_toninho_-_pavimentacao_rua_maranhao_-_01-12.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador infra-assinado, na forma regimental, requer a Vossa Excelência que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento, ao Secretário Municipal de Obras e Urbanismo, Reginaldo Henrique dos Santos, e aos demais setores competentes, solicitando estudo de viabilidade técnica e orçamentária para execução de obras de pavimentação asfáltica na Rua Maranhão, no trecho entre a Rua Antônio Cornélio de Oliveira e a Rua Francisco Sales, no bairro São Francisco, neste município.</t>
+  </si>
+  <si>
+    <t>8777</t>
+  </si>
+  <si>
+    <t>241</t>
+  </si>
+  <si>
+    <t>Elias Motorista, Soninha</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8777/requerimento_241-2025_-_elias_e_soninha_-_aumento_dos_horarios_do_transporte_publico_-_08-12.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores infra-assinados, na forma regimental, requerem a Vossa Excelência que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento ao Secretário Municipal de Administração e Governo, Alysson Elias Macedo, ao Secretário Municipal de Transportes e Limpeza Pública, Luiz da Silva Júnior, e aos demais setores competentes, para que informem a esta Casa sobre a possibilidade de ampliar as rotas do transporte público municipal, bem como aumentar a frequência dos horários, de modo que os ônibus passem a circular com intervalo máximo de 1 hora entre cada viagem.</t>
+  </si>
+  <si>
+    <t>8778</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8778/requerimento_242-2025_-ana_ruth_elias_e_joao_pedro_-_entrada_solidaria_-_08-12.pdf</t>
+  </si>
+  <si>
+    <t>Os Vereadores infra-assinados, na forma regimental, requerem a Vossa Excelência que se envie ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento ao Secretário Municipal de Administração e Governo, Alysson Elias Macedo, à Secretária Municipal de Cultura e Turismo, Laiana Cardoso de Miranda, e aos demais setores competentes, para que informem a esta Casa sobre a possibilidade de implementar a Entrada Solidária na festa do Rifeiro e nas comemorações do Aniversário da Cidade.</t>
+  </si>
+  <si>
+    <t>8779</t>
+  </si>
+  <si>
+    <t>243</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8779/requerimento_243-2025_-_joao_pedro_-_praca_dona_zaza_-_08-12.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador infra-assinados, na forma regimental, requer a Vossa Excelência que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento ao Secretário Municipal de Meio Ambiente, Anderson Rodrigues Andrade, ao Secretário Municipal de Obras e Urbanismo, Reginaldo Henrique dos Santos, e aos demais setores competentes, reafirmando o Requerimento nº 189/2025, e solicitando informações sobre a possibilidade de que o complexo poliesportivo em avaliação pelo Município seja instalado na Praça Dona Zazá, localizada próxima à Indústria Farmacêutica, no bairro Américo Silva.</t>
+  </si>
+  <si>
+    <t>8780</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8780/requerimento_244-2025_-_tuty_da_borracharia_-_rotatoria_-_08-12.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador infra-assinado(a), na forma regimental, requer a Vossa Excelência que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento ao Secretário de Transportes e Limpeza Pública, Luiz da Silva Júnior e ao Chefe do Setor de Trânsito e Transportes, José Cláudio dos Santos, e aos demais setores competentes, para que informem a esta Casa a viabilidade técnica e orçamentária de implantação de uma rotatória no cruzamento da Rua dos Buritis com a Rua Bauhínias, no bairro Coronel Luciano — local em que a via, ao acessar a Secretaria Municipal de Meio Ambiente, se divide em quatro direções.</t>
+  </si>
+  <si>
+    <t>8781</t>
+  </si>
+  <si>
+    <t>245</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8781/requerimento_245-2025_-_mauro_do_gas_-_asfalto_via_de_martins_guimaraes_-_08-12.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador infra-assinado, na forma regimental, requer a Vossa Excelência que se envie ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento, solicitando ao Secretário Municipal de Transportes e Limpeza Pública, Luiz da Silva Júnior; ao Chefe do Setor de Trânsito e Transportes, José Cláudio dos Santos, ao Secretário Municipal de Obras e Urbanismo, Reginaldo Henrique dos Santos, bem como aos demais setores competentes, que informem a possibilidade de realizar obras de pavimentação asfáltica nas seguintes vias localizadas no Distrito de Martins Guimarães: Rua Francisco Alves Borges, Rua Maria Geraldinha e Praça Padre Guarino, sendo esta última situada próxima à igreja local, além de considerar que a Rua Francisco Alves Borges dá acesso diretamente à UBS do referido distrito.</t>
+  </si>
+  <si>
+    <t>8782</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8782/requerimento_246-2025_-_toninho_-_chuveiro_na_praia_-_08-12.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador infra-assinado, na forma regimental, requer a Vossa Excelência que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento, que solicita à Secretária Municipal de Cultura e Turismo, Laiana Cardoso de Miranda e Modesto, e aos demais setores competentes, que informem a Esta Casa se há a possibilidade de instalação de chuveiros nos banheiros da Praia Municipal, sugerindo o modelo antivandalismo (antiroubo).</t>
+  </si>
+  <si>
+    <t>8789</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8789/requerimento_247-2025_-janeany_-_informacoes_sobre_o_concurso_-_15-12-25.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Presidente,_x000D_
+A Vereadora infra-assinada, na forma regimental, requer a Vossa Excelência que se envie ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento ao Secretário Municipal de Administração e Governo, Alysson Elias Macedo, e aos demais setores competentes, para que informem a esta Casa sobre a situação do Concurso Público Municipal prometido para o ano de 2025, prestando esclarecimentos oficiais acerca de:</t>
+  </si>
+  <si>
+    <t>8790</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8790/requerimento_248-2025_-_joao_pedro_-_placa_no_viveiro_do_jacinto_-_15-12-25.pdf</t>
+  </si>
+  <si>
+    <t>Senhor Presidente,_x000D_
+O Vereador infra-assinado, na forma regimental, requer a Vossa Excelência que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento ao Secretário Municipal de Meio Ambiente, Anderson Rodrigues Andrade, e aos demais setores competentes, que informem a possibilidade de instalar no Viveiro Municipal, localizado em frente a Escola Municipal Doutor Jacinto Campos, uma placa com informações de horário de_x000D_
+funcionamento, telefone para contato, orientações sobre retirada de mudas e indicação do local para obtenção de autorização, visando atender às demandas recorrentes da população que frequenta o local.</t>
+  </si>
+  <si>
     <t>8358</t>
   </si>
   <si>
     <t>DECLE</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8358/projeto_de_decreto_legislativo_no_001-2025_-_mesa_diretora_-_autoriza_acordo_coop_tec_policia_civil_-_posto_identificacao.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal de Lagoa da Prata a celebrar Acordo de Cooperação Técnica com o Estado de Minas Gerais, por intermédio da Polícia Civil, para instalação de Posto de Identificação na Sede da referida Casa Legislativa.</t>
   </si>
   <si>
     <t>8681</t>
   </si>
   <si>
     <t>PPTCE</t>
   </si>
   <si>
     <t>Parecer Prévio do Tribunal de Contas do Estado</t>
   </si>
   <si>
     <t>TCE</t>
@@ -5822,50 +6274,74 @@
     <t>Requerimento Executivo</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8326/oficio_no_086-2025_-_camara_municipal_solicita_retirada_projeto_de_lei_de_tramitacao_-_projeto_de_lei_no_037-2025_-_cs_r_150.00000.pdf</t>
   </si>
   <si>
     <t>Venho, pelo presente, solicitar de V.Exa. a RETIRADA de tramitação de Projeto de Lei que Autoriza o Executivo Municipal a Abrir Crédito Suplementar ao Orçamento Vigente do Município de Lagoa da Prata no valor de R$150.000,00 ”, atendendo à solicitação da Controladoria Municipal.</t>
   </si>
   <si>
     <t>8406</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8406/oficio_no_114-2025_-_camara_municipal_-_solicita_retirada_projetos_de_lei_de_tramitacao_projetos_no_066_070_e_072-2025_-_versao_final.pdf</t>
   </si>
   <si>
     <t>Venho, pelo presente, solicitar de V.Exa. a RETIRADA de tramitação dos Projetos de Lei abaixo relacionados, atendendo à solicitação do Setor de Habitação: Projeto de Lei nº 066/2025, que Altera a “Lei nº 2.681, de 29 de dezembro de 2015”, que Autoriza o Executivo Municipal a Doar Imóveis que Menciona e Contém Outras Providências; Projeto de Lei nº 070/2025, que Altera a “Lei nº 2.687, de 30 de dezembro de 2015”, que Autoriza o Executivo Municipal a Doar Imóveis que Menciona e Contém Outras Providências ; e Projeto de Lei nº 072/2025, que Altera a “ Lei nº 3.145, de 22 de agosto de 2018”, que Autoriza o Executivo Municipal a Doar Imóveis que Menciona e Contém Outras Providências.</t>
   </si>
   <si>
     <t>8413</t>
   </si>
   <si>
     <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8413/oficio_no_125-2025_-_camara_municipal_solicita_retirada_projeto_de_lei_de_tramitacao_-_projeto_de_lei_no_075-2025_-_contrato_bdmg.pdf</t>
   </si>
   <si>
     <t>Venho, pelo presente, na qualidade de representante do Poder Executivo Municipal, solicitar de V.Exa. a RETIRADA de tramitação de Projeto de Lei que “Autoriza o Município de Lagoa da Prata/MG a contratar com o Banco de Desenvolvimento de Minas Gerais S/A – BDMG, operações de crédito com outorga de garantia e dá outras providências”, atualmente em apreciação por esta respeitável Casa Legislativa.</t>
+  </si>
+  <si>
+    <t>8769</t>
+  </si>
+  <si>
+    <t>https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8769/oficio_no_455-2025_-_camara_municipal_solicita_retirada_projeto_de_lei_de_tramitacao_pl_no_147-2025_autoriza_conceder_subvencao_-_r_550.00000.pdf</t>
+  </si>
+  <si>
+    <t>Venho, pelo presente, solicitar de V.Exa. a RETIRADA de tramitação de Projeto de Lei que Autoriza o Executivo Municipal a Conceder Subvenção Social à Entidade Que Menciona ””, atendendo à solicitação da Secretaria Municipal de Saúde (Ofício nº 609/2025, cópia anexa).</t>
+  </si>
+  <si>
+    <t>8793</t>
+  </si>
+  <si>
+    <t>887</t>
+  </si>
+  <si>
+    <t>MA</t>
+  </si>
+  <si>
+    <t>Matérias em Análise</t>
+  </si>
+  <si>
+    <t>Palmeiras não tem mundial</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -6169,56 +6645,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8192/anteprojeto_de_lei_no_001-2025_-_elias_motorista_-_plano_de_saude.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8220/anteprojeto_de_lei_no_002-2025_-_ana_ruth_-_transporte_alunos_bambui_-_10-02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8247/anteprojeto_de_lei_no_003-2025_-_toninho_-_politica_de_incentivo_a_doacao_de_sangue_e_outros_17-02.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8287/anteprojeto_de_lei_no_004-2025_-_tuty_da_borracharia_-_isencao_de_impostos_07-03_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8288/anteprojeto_de_lei_no_005-2025_-_tuty_da_borracharia_-_distribuicao_de_remedios_e_fraldas_geriatricas_07-03.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8386/anteprojeto_de_lei_no_006-2025_-_joao_pedro_-_reducao_jornada_servidor_pai_autista_14-04.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8472/anteprojeto_de_lei_no_007-2025_-_toninho_-_programa_de_registro_de_caes.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8536/anteprojeto_de_lei_no_008-2025_-_ana_ruth_-_autoriza_uso_de_veiculos_para_transporte_de_atletas_e_outros.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8554/anteprojeto_de_lei_no_009-2025_-_mauro_do_gas_-_programa_de_aquisicao_de_alimentos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8596/anteprojeto_de_lei_no_10-2025_-elias_motorista_-_regulamenta_lixeiras.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8601/anteprojeto_de_lei_no_011_-2025_-_ana_ruth_e_joao_pedro_-_aumento_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8671/anteprojeto_de_lei_no_12-2025_-_ana_ruth_-_joao_pedro_-_elias_-_entrada_solidaria_12-9-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8684/anteprojeto_de_lei_no_13-2025_-_joao_pedro_-_escalonamento_de_ferias_no_executivo_19-9-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8723/anteprojeto_de_lei_no_14-2025_-_elias_motorista_-_mudanca_cesta_basica_aos_servidores.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8325/anteprojeto_de_lei_complementar_no_01-2025_-_janeany_-_altera_lc_3-1991_-_24-03.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8477/anteprojeto_de_lei_complementar_no_002-2025_-_joao_pedro_e_tuty_-_delega_fiscalizacao_gcm.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8494/anteprojeto_de_lei_complementar_no_3-2025_-_janeany_-_altera_lc_5-1991_-_circos_parques_carreta_6-6-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8542/anteprojeto_de_lei_complementar_no_4-2025_-_elias_motorista_-_transito.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8573/anteprojeto_de_lei_complementar_no_5-2025_-_tuty_da_borracharia_-_graduacao_em_nivel_superior_para_comissionados_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8635/anteprojeto_de_lei_complementar_no_6-2025_-_carla_andrade_-_altera_lc_240-2021_-_limpeza_e_queimada.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8202/indicacao_001-2025_-_soninha_-_revitalizacao_da_praca_da_matriz_27-01.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8203/indicacao_002-2025_-_tuty_-_elias_-_mauro_-_instalacao_tachao_passagem_e_pedestres_27-01.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8204/indicacao_003-2025_-_carla_andrade_-_aperfeicoamento_dos_semaforos_27-01_1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8205/indicacao_004-2025_-_carla_andrade_-_aperfeicoamento_dos_semaforos_27-01_2.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8216/indicacao_005-2025_-_carla_andrade_-_rotatoria_luiz_guadalupe_c_alex_b_primo_03-02.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8217/indicacao_006-2025_-_tuty_-_redutores_de_velocidade_barao_do_rio_branco_03-02.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8222/indicacao_007-2025_-_ana_ruth_-_pracinha_mirandinha_10-02.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8236/indicacao_008-2025_-_mauro_do_gas_-_asfalto_av_brasil_10-02.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8237/indicacao_009-2025_-_mauro_do_gas_-_rotatoria_minas_gerais_com_joao_jafar_10-02.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8238/indicacao_010-2025_-_elias_motorista_-_rotatoria_av_jbm_10-02.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8240/indicacao_012-2025_-_soninha_-_identificacao_dos_onibus_transporte_gratuito_10-02.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8241/indicacao_013-2025_-_tuty_-_redutores_de_velocidade_av_dona_maria_rita_10-02.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8242/indicacao_014-2025_-_joao_pedro_-_reforma_quadras_americo_silva_e_n.sra_das_gracas_10-02_pades.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8243/indicacao_015-2025_-_joao_pedro_-_rotatoria_coronel_luciano_-_10-02_pades.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8263/indicacao_016-2025_-_mauro_do_gas_-_asfalto_rua_anita_de__souza_gontijo_17-02.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8264/indicacao_017-2025_-_mauro_do_gas_-_asfalto_monsenhor_17-02.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8265/indicacao_018-2025_-_carla_andrade_-_pavimentacao_rua_jose_maria_resende_17-02.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8266/indicacao_019-2025_-_janeany_-_analise_das_arvores_17-02.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8267/indicacao_020-2025_-_tuty_da_borracharia_-_rotatoria_rs_x_manaus_17-02.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8280/indicacao_021-2025_-_joao_pedro_-_ligacao_bairros_americo_silva_e_gomes_-_24-02_pades.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8281/indicacao_022-2025_-_ana_ruth_-_joao_e_tuty_-_pracinha_do_cruzeiro_24-02_pades_2.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8301/indicacao_023-2025_-_elias_motorista_-_retirada_de_redutor_de_velocidade_11-03.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8302/indicacao_024-2025_-_elias_motorista_-_retirada_de_redutor_de_velocidade_av._fernao_dias_11-03.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8336/indicacao_025-2025_-_joao_pedro_-_asfalto_rua_jose_xavier_24-03_pades.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8337/indicacao_026-2025_-_joao_pedro_-_limpeza_bueiros_rua_luz_com_franc_bern_primo_24-03_pades.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8341/indicacao_027-2025_-_ana_ruth_-_iluminacao_-_31-03_pades.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8342/indicacao_028-2025_-_ana_ruth_-_tapar_buraco_-_31-03_pades.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8421/indicacao_029-2025_-_janeany_-_odonto_movel_-_28-04.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8422/indicacao_030-2025_-_elias_-_retirada_do_quebra_molas_rua_bahia_-_28-04.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8429/indicacao_31-2025_-_tuty_-_faixa_de_pedestres_05-05.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8446/indicacao_032-2025_-_elias_-_pavimentacao_ruas_amazonas_e_rio_grande_do_sul.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8516/indicacao_033-2025_-_ana_ruth_-encontrao_da_melhor_idade_-_16-06.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8524/indicacao_034-2025_-_joao_pedro_-_asfalto_rua_getulio_vargas_-_23-06.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8552/indicacao_035-2025_-_ana_ruth_-_intervencao_rua_almirante_tamandare_-_14-07.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8583/indicacao_036-2025_-_janeany_-_troca_de_lampadas_no_cemiterio_da_saudade_-_28-07.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8602/indicacao_037-2025_-_ana_ruth_-_pista_de_skate_-_11-08.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8612/indicacao_038-2025_-_ana_ruth_-_limpeza_martins_guimaraes_-_18-08.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8702/indicacao_039-2025_-_ana_ruth_-_transporte_para_o_cesec_-_29-09.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8245/mocao_001-2025_-_janeany_-_sine.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8306/mocao_002-2025_-_joao_pedro_-_academia_de_luta_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8350/mocao_003-2025_-_soninha_-_dr._diogo_ss.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8438/mocao_004-toninho_-_miguel_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8509/mocao_005-2025_-_ana_ruth_-_servidores.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8532/mocao_006-2025_-_elias_motorista_-_parlamento_jovem.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8622/mocao_007-2025_-_carla_andrade_-_pastor_henrique_barbosa_e_pastora_marina_barbosa.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8665/mocao_008-2025_-_joao_pedro_-_ana_ruth_e_outros_-_apoio_a_sec_transp_e_outros.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8670/mocao_009-2025_-_tuty_-_tulio_malta.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8730/mocao_010-2025_-_mauro_do_gas_-_marlene.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8184/projeto_de_lei_cm_001-2025_-_mesa_diretora_-_revisao_empregados_camara_assinado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8244/projeto_de_lei_cm_002-2025_-_carla_andrade_-_declara_de_utilidade_publica_-_amar_cura.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8246/projeto_de_lei_cm_003-2025_-_toninho_e_outros_-_altera_lei_acessibilidade_-_vagas_autistas.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8268/projeto_de_lei_cm_004-2025_-_carla_andrade_-_altera_lei_do_cordao_de_girassol.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8464/projeto_de_lei_cm_005-2025_-_doacao_de_bens_moveis_a_ascalp.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8479/projeto_de_lei_cm_6-2025_-_joao_pedro_e_outros_-_da_nome_a_estacao_saude_pades.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8497/projeto_de_lei_cm_007-2025_-_janeany_-_altera_lei_semana_prevencao_ao_alcool_e_drogas.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8499/projeto_de_lei_cm_008-2025_-_joao_pedro_-_da_nome_a_rua_b_res_sc_ii.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8500/projeto_de_lei_cm_009-2025_-_joao_pedro_-_da_nome_a_rua_c_res_sc_ii.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8502/projeto_de_lei_cm_010-2025_-_joao_pedro_-_da_nome_a_rua_d_res_sc_ii.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8525/projeto_de_lei_cm_011-2025_-_ana_ruth_-_da_nome_a_rua_m_-_bairro_mangabeiras.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8541/projeto_de_lei_cm_012-2025_-_joao_pedro_-_declara_de_utilidade_publica_-_acelt.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8553/projeto_de_lei_cm_013-2025_-_joao_pedro_-_da_nome_a_rua_l_res_conq_mangabeiras.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8659/projeto_de_lei_cm_014-2025_-_carla_andrade_-_dia_municipal_da_autoestima_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8685/projeto_de_lei_cm_015-2025_-_toninho_-__institui_semana_da_cultura_evangelica.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8694/projeto_de_lei_cm_16-2025_-_joao_pedro_-_da_nome_a_rua_n_jose_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8695/projeto_de_lei_cm_17-2025_-_todos_vereadores_-_hino_oficial_do_distrito_de_martins_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8710/projeto_de_lei_cm_18-2025_-_toninho_da_laje_-_da_nome_a_rua_j_iolanda.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8729/projeto_de_lei_cm_019-2025_-_joao_pedro_-_declara_de_utilidade_publica_-_avf.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8741/projeto_de_lei_cm_020-2025_-_ana_ruth_-_institui_a_semana_cultural_da_consciencia_negra_no_municipio_j_31-10.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8308/projeto_de_lei_complementar_cm_001-2025_-_joao_pedro_-_altera_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8356/projeto_de_lei_complementar_cm_002-2025_-_mesa_diretora_-_altera_lc_276-2024_-_aumenta_agentes_adm.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8381/projeto_de_lei_complementar_cm_003-2025_-_tuty_-_altera_c_posturas_-_especies_de_arvores_invasoras.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8448/projeto_de_lei_complementar_cm_004-2025_-_mesa_diretora_-_adicionais_empregados_16-5-2025_jr.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8634/projeto_de_lei_complementar_cm_005-2025_-_toninho_da_laje_-_altera_lc_240-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8657/projeto_de_lei_complementar_cm_006-2025_-_joao_pedro_-_altera_lc_240-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8712/projeto_de_lei_complementar_cm_007-2025_-_joao_pedro_-_tuty_e_elias_-_app_em_auc_-_10-10-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8182/projeto_de_lei_complementar_no_xxx-2025-_cria_o_cargo_de_provimento_temporario_de_professor_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8389/projeto_de_lei_complementar_-_altera_lei_complementar_258-23_passivo_plano_carreira.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8397/projeto_de_lei_complementar_no_003-2025-_altera_a_lei_complementar_no_291-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8587/projeto_de_lei_no_xxx-2025_-_altera_o_inciso_iii__do_paragrafo_unico_do_art._287-a_da_lei_complementar_no_176-2017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8663/projeto_de_lei_complementar_no_005-2025_-__altera_lei_complementar_003-91_-_cargos_eletivos_-_diretores_e_vice_diretores.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8664/projeto_de_lei_complementar_no_006-2025_-_regulamenta_eleicoes_escolares.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8705/projeto_de_lei_complementar_no_007-2025_-_altera_a_lei_complementar_no_291-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8179/projeto_de_lei_no_xxx-2025_-_concede_revisao_e_reajuste_aos_servidores_da_administracao.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8180/projeto_de_lei_no_xxx-2025_-_concede_revisao_aos_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8181/projeto_de_lei_no________-2025_-_altera_a_lei_no_1.299-2005.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8185/projeto_de_lei_no_xxx-2024_-_institui_o_servico_de_inspecao_municipal_e_revoga_lei_2.164_de_2013_.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8186/projeto_de_lei_no_xxx-2024_-_institui_programas_e_eventos_continuos_da_secretaria_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8187/projeto_de_lei_no_xxx-2025_-_altera_a_lei_no_3.794-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8188/projeto_de_lei_no_xxx-2025_-_altera_a_lei_no_3.937-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8189/projeto_de_lei_no_xxx-2025_-_credito_suplementar_-_r_402.00000_pedido_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8190/projeto_de_lei_no_xxx-2025_-_credito_suplementar_-_r_160.00000_pedido_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8191/projeto_de_lei_no_xxx-2025_-_credito_suplementar_-_r_3.500.00000_pedido_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8206/projeto_de_lei_no_xxx-2025_-_credito_especial_r_125.08267_pedido_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8207/projeto_de_lei_no_xxx-2025_-_credito_suplementar_-_r_70.00000_pedido_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8208/projeto_de_lei_no_xxx-2025_-_doa_bens_inserviveis_para_a_ascalp_janeiro_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8209/projeto_de_lei_no_xxx-2025_-_ratifica_protocolo_intencoes_ciminas.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8221/projeto_de_lei_no_015-2025_-_credito_suplementar_-_r_421.23894_pedido_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8223/projeto_de_lei_no_016-2025_-_credito_suplementar_-_r_159.11291_pedido_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8224/projeto_de_lei_no_017-2025_-_credito_suplementar_-_r_5.026.56500_pedido_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8225/projeto_de_lei_no_018-2025_-_credito_suplementar_-_r_321.00000_pedido_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8226/projeto_de_lei_no_19-2025_-_credito_suplementar_-_r_200.00000_pedido_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8249/projeto_de_lei_no_020-2025_-_credito_suplementar_-_r_239.27361_pedido_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8250/projeto_de_lei_no__021-2025_-_credito_suplementar_-_r_510.60000_pedido_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8251/projeto_de_lei_no_022-2025_-_credito_suplementar_-_r_790.00000_pedido_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8252/projeto_de_lei_no_023-2025_-_altera_a_lei_municipal_no_3.879_de_29_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8253/projeto_de_lei_no_024-2025_-_altera_a_lei_municipal_no_3.774_de_2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8254/projeto_de_lei_no_025-2024_-_altera_a_lei_no_3.938-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8269/projeto_de_lei_no_026-2025_-_credito_especial_-_r_88.08197_pedido_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8270/projeto_de_lei_no_027-2025_-_credito_suplementar_-_r_340.20000_pedido_no_015-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8271/projeto_de_lei_no_028-2025_-_autoriza_repasse_-_fundacao_sao_carlos_r_340.20000.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8272/projeto_de_lei_no_029-2025_-_credito_suplementar_-_r_430.00000_pedido_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8273/projeto_de_lei_no_030-2025_-_credito_suplementar_-_r_1.500.00000_pedido_no_017-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8274/projeto_de_lei_no_031-2025_-_credito_suplementar_-_r_995.00000_pedido_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8282/projeto_de_lei_no_032-2025_-_credito_suplementar_-_r_1.511.91460_pedido_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8284/projeto_de_lei_no_033-2025_-_credito_suplementar_-_r_214.62200_pedido_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8285/projeto_de_lei_no_xxx-2025_-_altera_a_lei_no_3.946-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8291/projeto_de_lei_no_xxx-2025_-_autoriza_repasse_-_fundacao_sao_carlos_r_402.25000.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8292/projeto_de_lei_no_036-2025_-_autoriza_repasse_-_fundacao_sao_carlos_r_300.00000.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8293/projeto_de_lei_no_037-2025_-_credito_suplementar_-_r_150.00000_pedido_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8303/projeto_de_lei_no_038-2025_-_credito_suplementar_-_r_147.77699_pedido_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8304/projeto_de_lei_no_039-2025_-_ratifica_2o_alteracao_contratual_cisicom.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8305/projeto_de_lei_no_040-2025-_autoriza_transporte_a_estudantes.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8307/projeto_de_lei_no_041-2025_-_desafeta_e_autoriza_permuta_de_imoveis_-_alvoar_assinado.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8317/projeto_de_lei_no_042-2025_-_altera_lei_n_1.569-2007.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8318/projeto_de_lei_no_xxx-2025-_altera_lei_n_2.472-2015.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8319/projeto_de_lei_no_044-2025_-_autoriza_o_municipio_a_doar_imoveis_-_nominal_lei_n_004-1991.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8320/projeto_de_lei_no_045-2025_-_autoriza_o_municipio_a_doar_imoveis_-_nominal_-_lei_n423-1990.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8321/projeto_de_lei_no_046-2025_-_autoriza_o_municipio_a_doar_imoveis_-_nominal_-_lei_n494-1991.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8322/projeto_de_lei_no_047-2025_-_autoriza_o_municipio_a_doar_imoveis_-_nominal_-_lei_n_509-1992.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8323/projeto_de_lei_no_048-2025_-_autoriza_o_municipio_a_doar_imoveis_-_nominal_-_lei_n_746-1997.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8324/projeto_de_lei_no_049-2025_-_autoriza_o_municipio_a_doar_imoveis_-_nominal_-_lei_n_839-1998.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8338/projeto_de_lei_no_050-2025_-_credito_suplementar_-_r_500.00000_pedido_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8339/projeto_de_lei_no_051-2025_-_credito_especial_-_r_66.00000_pedido_no_027-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8340/projeto_de_lei_no_052-2025_-_credito_suplementar_-_r_38.00000_pedido_no_028-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8351/projeto_de_lei_no_053-2025_-_autoriza_repasse_-_associacao_do_congado_r_32.00000.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8352/projeto_de_lei_no_xxx-2025_-_credito_suplementar_-_r_12.297.04020_pedido_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8353/projeto_de_lei_no_055-2025_-_credito_especial_-_r_144.50000_pedido_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8354/projeto_de_lei_no_056-2025_-_credito_suplementar_-_r_1.105.00000_pedido_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8355/projeto_de_lei_no_057-2025_-_credito_suplementar_-_r_91.79030_pedido_no_032-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8357/projeto_de_lei_no_058-2025_-_credito_especial_-_r_250.00000_pedido_no_033-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8359/projeto_de_lei_no_xxx-2025_-_altera_lei_657-1994.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8360/projeto_de_lei_no_060-2025_-_altera_lei_1.037-2002.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8361/projeto_de_lei_no_061-2025_-_altera_lei_1.137-2004.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8362/projeto_de_lei_no_062-2025_-_altera_lei_2.410-2015.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8363/projeto_de_lei_no_063-2025_-_altera_lei_2.588-2015.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8365/projeto_de_lei_no_064-2025_-_altera_lei_2.644-2015.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8366/projeto_de_lei_no_065-2025_-_altera_lei_2.679-2015.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8367/projeto_de_lei_no_066-2025_-_altera_lei_2.681-2015.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8368/projeto_de_lei_no_067-2025-2025_-_altera_lei_2.684-2015.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8369/projeto_de_lei_no_068-2025_-_altera_lei_2.685-2015.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8370/projeto_de_lei_no_069-2025_-_altera_lei_2.686-2015.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8371/projeto_de_lei_no_070-2025_-_altera_lei_2.687-2015.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8372/projeto_de_lei_no_071-2025_-_altera_lei_2.691-2015.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8373/projeto_de_lei_no_072-2025_-_altera_lei_3.145-2018.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8374/projeto_de_lei_no_073-2025_-_altera_lei_3.179-2018.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8375/projeto_de_lei_no_074-2025_-_adote_um_atleta_ou_equipe.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8380/projeto_de_lei_no_075-2025-_autoriza_o_municipio_de__lagoa_da_prata_a_contratar_com_o_banco_de_desenvolvimento_de_minas_gerais_s_a.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8382/projeto_de_lei_no_076-2025_-_autoriza_repasse_-_fundacao_sao_carlos_r_50.40000.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8383/projeto_de_lei_no_077-2025_-_autoriza_repasse_-_sos_r_200.00000.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8384/projeto_de_lei_no_078-2025_-_credito_suplementar_-_r_32.80231_pedido_no_029-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8385/projeto_de_lei_no_079-2025_-_credito_especial_-_r_220.96387_pedido_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8387/projeto_de_lei_no_080-2025_-_credito_suplementar_-_r_202.40000_pedido_no_031-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8388/projeto_de_lei_no_081-2025_-_dispoe_sobre_a_disponibilizacao_gratuita_do_sensor_de_monitoramento_continuo_de_glicose_freestyle_libre_para_criancas_com_diabetes.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8398/projeto_de_lei_no_082-2025_-_altera_lei_no_4.104-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8399/projeto_de_lei_no_083-2025_-_credito_suplementar_-_r_1.205.00000_pedido_no_036-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8407/projeto_de_lei_no_084-2025_-_autoriza_remanejamento_de_dotacoes_orcamento_2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8408/projeto_de_lei_no_085-2025_-_credito_especial_-_r_1.351.59472_pedido_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8409/projeto_de_lei_no_086-2025_-_credito_especial_-_r_55.00000_pedido_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8410/projeto_de_lei_no_087-2025_-_credito_suplementar_-_r_221.60805_pedido_no_037-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8411/projeto_de_lei_no_088-2025_-_credito_suplementar_-_r_200.00000_pedido_no_038-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8423/projeto_de_lei_no_xxx-2025_-_credito_suplementar_-_r_128.99844_pedido_no_039-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8430/projeto_de_lei_no_090-2025_-_credito_suplementar_-_r_217.89724_pedido_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8431/projeto_de_lei_no_091-2025_-_credito_suplementar_-_r_881.00000_pedido_no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8432/projeto_de_lei_no_xxx-2025_-_credito_suplementar_-_r_280.00000_pedido_no_042-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8433/projeto_de_lei_no_093-2025_-_credito_suplementar_-_r_700.00000_pedido_no_043-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8434/projeto_de_lei_no_094-2025_-_credito_suplementar_-_r_210.00000_pedido_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8435/projeto_de_lei_no_095-2025_-_autoriza_repasse_-_fundacao_sao_carlos_complementacao_de_piso.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8436/projeto_de_lei_no_xxx-2025_-_institui_normas_gerais_para_a_cobranca_e_o_parcelamento_de_creditos_de_origem_nao_tributaria.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8447/projeto_de_lei_no_097-2025_-_lei_de_diretrizes_orcamentarias_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8449/projeto_de_lei_no_098-2025_-_credito_suplementar_-_r_100.00000_pedido_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8450/projeto_de_lei_no_099-2025_-_credito_suplementar_-_r_151.09449_pedido_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8451/projeto_de_lei_no_100-2025_-_altera_a_lei_no_4.147-2025_-_subvencao_social_associacao_congado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8452/projeto_de_lei_no_101-2025_-_autoriza_repasse_-_fundacao_sao_carlos_r_150.64800.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8458/projeto_de_lei_no_102-2025_-_credito_especial_-_r_39.78205_pedido_no_047-2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8459/projeto_de_lei_no_103-2025_-_altera_a_lei_no_3.930-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8460/projeto_de_lei_no_104-2025_-_autoriza_supressao_detalhamentos_-_fontes_de_recursos_loa_ldo_ppa.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8461/projeto_de_lei_no_105-2025_-_autoriza_repasse_-_fundacao_sao_carlos_r_1.845.00000.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8462/projeto_de_lei_no_106-2025_-_autoriza_repasse_-_lar_sao__vicente_r_215.00000.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8463/projeto_de_lei_no_107-2025_-_autoriza_repasse_-_asfer_r_20.00000.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8465/projeto_de_lei_no_108-2025_-_autoriza_repasse_-_aefar_r_30.00000.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8466/projeto_de_lei_no_109-2025_-_autoriza_repasse_-_escolinha_mtb_team_r_28.00000.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8473/projeto_de_lei_no_110-2025_-_credito_suplementar_-_r_59.00000_pedido_no_048-2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8474/projeto_de_lei_no_111-2025_-_credito_suplementar_-_r_494.84175_pedido_no_049-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8475/projeto_de_lei_no_112-2025_-_doa_bens_inserviveis_para_a_ascalp_maio_2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8476/projeto_de_lei_no_113-2025_-_dispoe_sobre_a_regularizacao_da_doacao_do_imovel_ao_laprata_esporte_clube.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8480/projeto_de_lei_no_114-2025_-_credito_especial_-_r_650.00000_pedido_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8485/projeto_de_lei_no_115-2025_-_credito_especial_-_r_60.00000_pedido_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8486/projeto_de_lei_no_116-2025_-_credito_suplementar_-_r_160.00000_pedido_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8487/projeto_de_lei_no_117-2025_-_credito_suplementar_-_r_660.00000_pedido_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8488/projeto_de_lei_no_118-2025_-_credito_suplementar_-_r_1.100.00000_pedido_no_054-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8489/projeto_de_lei_no_119-2025_-_autoriza_repasse_-_farasvec_r_90.00000.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8490/projeto_de_lei_no_120-2025_-_autoriza_repasse_-_apa_r_93.00000.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8491/projeto_de_lei_no_121-2025_-_autoriza_repasse_-_fazenda_de_recuperacao_novo_caminho_r_53.00000.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8492/projeto_de_lei_no_122-2025_-_autoriza_repasse_-_fundacao_sao_carlos_r_660.00000.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8493/projeto_de_lei_no_123-2025_-_autoriza_repasse_-_fundacao_sao_carlos_r_1.100.00000.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8495/projeto_de_lei_no_124-2025_-_credito_suplementar_r_160.00000_pedido_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8498/projeto_de_lei_no_125-2025_-_credito_suplementar_r_4.000.00000_pedido_no_056-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8501/projeto_de_lei_no_126-2025_-_credito_suplementar_r_790.00000_pedido_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8510/projeto_de_lei_no_127-2025_-_credito_especial_-_r_70.00000_saae.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8511/projeto_de_lei_no_128-2025-_prorroga_a_vigencia_do_plano_municipal_de_educacao_de_lagoa_da_prata.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8517/projeto_de_lei_no_129-2025_-_credito_suplementar_r_1.689.00000_pedido_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8518/projeto_de_lei_no_130-2025_-_credito_suplementar_r_31.82158_pedido_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8519/projeto_de_lei_no_131-2025_-_altera_a_lei_no_1.891-2010__que_cria_o_conselho_municipal_de_esporte_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8520/projeto_de_lei_no_132-2025_-_institui_o_programa_de_recuperacao_fiscal_refis_na_autarquia_servico_autonomo_de_agua_e_esgoto_saae_de_lagoa_da_prata.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8526/projeto_de_lei_no_133-2025_-_autoriza_repasse_fundacao_sao_carlos_r_1.042.00000.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8527/projeto_de_lei_no_134-2025_-_credito_suplementar_-_r_110.62401_pedido_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8533/projeto_de_lei_no_135-2025_-_credito_suplementar_-_r_551.85900_pedido_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8534/projeto_de_lei_no_136-2025_-_credito_suplementar_-_r_180.00000_pedido_no_063-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8535/projeto_de_lei_no_137-2025_-_autoriza_repasse_subvencao_-_apae_-_r_180.00000.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8543/projeto_de_lei_no_138-2025_-_altera_a_lei_no_1.119-2004.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8544/projeto_de_lei_no_139-2025-_autoriza_o_fornecimento_de_leite_em_po_aos_alunos_da_rede_municipal.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8563/projeto_de_lei_no_140-2025_-_credito_suplementar_r_1.966.27528_pedido_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8564/projeto_de_lei_no_141-2025_-_autoriza_repasse_fundacao_sao_carlos_r_4.000.00000.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8565/projeto_de_lei_no_142-2025_-_credito_suplementar_-_r_50.00000_pedido_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8566/projeto_de_lei_no_143-2025_-_credito_suplementar_-_r_550.00000_pedido_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8567/projeto_de_lei_no_144-2025_-_credito_suplementar_-_r_2.130.00000_pedido_no_066-2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8568/projeto_de_lei_no_145-2025_-_credito_suplementar_-_r_200.00000_pedido_no_068-2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8569/projeto_de_lei_no_146-2025_-_autoriza_repasse_-_apae_r_200.00000_ref._pedido_no_68.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8570/projeto_de_lei_no_147-2025_-_autoriza_repasse_fsc_r_550.00000_pedido_65.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8571/projeto_de_lei_no_148-2025_-_credito_suplementar_-_r_2.400.00000_pedido_no_067-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8572/projeto_de_lei_no_149-2025_-_credito_especial_-_r_321.75000_pedido_no_069-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8585/projeto_de_lei_no_xxx-2025_-_credito_suplementar_-_r_1.000.00000_pedido_no_070-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8586/projeto_de_lei_no_xxx-2025_-_dispoe_sobre_licenciamento_de_empreendimentos_de_geracao_de_energia_eletrica_por_fonte_solar_fotovoltaica.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8595/projeto_de_lei_no_152-2025_-_credito_suplementar_-_r_24.79419_pedido_no_071-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8597/projeto_de_lei_no_153-2025_-_autoriza_repasse_-_associacao_amar_cura_r_89.90636.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8598/projeto_de_lei_no_154-2025_-_autoriza_repasse_-_asap__r_25.52640.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8599/projeto_de_lei_no_155-2025_-_credito_suplementar_-_r_100.00000_pedido_no_072-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8600/projeto_de_lei_no_156_-2025_-_desafeta_e_autoriza_permuta_de_imoveis_-_alvoar.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8607/projeto_de_lei_no_157-2025_-_credito_suplementar_-_r_180.00000_pedido_no_073-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8608/projeto_de_lei_no_158-2025_-_credito_suplementar_-_r_420.00000_pedido_no_074-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8609/projeto_de_lei_no_159-2025_-_credito_suplementar_-_r_680.00000_pedido_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8610/projeto_de_lei_no_160-2025_-_autoriza_repasse_fundacao_sao_carlos_r_180.00000.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8611/projeto_de_lei_no_161-2025_-_dispoe_sobre_a_apreensao_guarda_e_destinacao_de_animais_de_medio_e_grande_porte_encontrados_soltos_nas_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8623/projeto_de_lei_no_162-2025_-_credito_suplementar_-_r_89.00000_pedido_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8624/projeto_de_lei_no_163-2025_-_credito_suplementar_-_r_910.00000_pedido_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8625/projeto_de_lei_no_164-2025_-_credito_suplementar_-_r_4.133.99837_pedido_no_078-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8636/projeto_de_lei_no_165-2025_-_credito_suplementar_-_r_600.00000_saae.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8637/projeto_de_lei_no_166-2025_-_credito_suplementar_-_r_400.00000_pedido_no_079-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8638/projeto_de_lei_no_167-2025_-_credito_suplementar_-_r_300.00000_pedido_no_080-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8639/projeto_de_lei_no_168-2025_-_credito_suplementar_-_r_388.16123_pedido_no_081-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8640/projeto_de_lei_no_169-2025_-_autoriza_repasse_fsc_r_300.00000.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8641/projeto_de_lei_no_170-2025_-_altera_a_lei_no_4.132-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8642/projeto_de_lei_no_171-2025_-_altera_lei_n_4.137-25.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8643/projeto_de_lei_no_172-2025-_altera_lei_n_2.644-2015.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8644/projeto_de_lei_no_173-2025_-_autoriza_o_municipio_a_doar_imovel_que_menciona_nos_termos_da_lei_municipal_no_3.946_de_28_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8653/projeto_de_lei_no_174-2025_-_credito_suplementar_-_r_260.00000_pedido_no_082-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8654/projeto_de_lei_no_175-2025_-_credito_suplementar_-_r_520.00000_pedido_no_083-2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8658/projeto_de_lei_no_176-2025_-_credito_suplementar_-_r_783.00000_pedido_no_084-2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8660/projeto_de_lei_no_177-2025_-_credito_suplementar_-_r_147.69155_pedido_no_085-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8661/projeto_de_lei_no_178-2025_-_credito_suplementar_-_r_30.00000_pedido_no_087-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8662/projeto_de_lei_no_179-2025_-_autoriza_repasse_fsc_ref._pedido_084.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8672/projeto_de_lei_no_180-2025_-_credito_suplementar_-_r_399.20000_pedido_no_088-2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8673/projeto_de_lei_no_181-2025_-_credito_suplementar_-_r_3.355.00000_pedido_no_089-2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8682/projeto_de_lei_no_182-2025_-_credito_suplementar_-_r_320.00000_pedido_no_090-2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8683/projeto_de_lei_no_183-2025_-_altera_percentual_de_suplementacao_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8690/projeto_de_lei_no_184-2025_-_credito_especial_-_r_18.99800_pedido_no_091-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8691/projeto_de_lei_no_185-2025_-_credito_suplementar_-_r_30.00000_pedido_no_092-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8692/projeto_de_lei_no_186-2025_-_credito_suplementar_-_r_527.00000_pedido_no_093-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8693/projeto_de_lei_no_187-2025_-_credito_suplementar_-_r_1.305.09321_pedido_no_094-2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8711/projeto_de_lei_no_188-2025_-_credito_suplementar_-_r_500.00000_saae.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8719/projeto_de_lei_no_189-2025_-_credito_suplementar_-_r_403.00000_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8720/projeto_de_lei_no_xxx-2025_-_ldo_-_altera_anexos.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8721/projeto_de_lei_no_xxx-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8722/projeto_de_lei_no_xxx-2025_-_ppa_2026_-_2029.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8731/projeto_de_lei_no_193-2025_-_credito_suplementar_-_r_500.00000_pedido_no_096-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8732/projeto_de_lei_no_194-2025_-_credito_suplementar__r_180.00000_pedido_no_097-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8733/projeto_de_lei_no_195-2025_-_autoriza_repasse_apae.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8734/projeto_de_lei_no_196-2025_-_credito_suplementar_-_r_2.030.00000_pedido_no_098-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8736/projeto_de_lei_no_197-2025_-_credito_especial_-_r_62.27541_pedido_no_095-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8743/projeto_de_lei_no_198-2025_-_credito_suplementar_-_r_970.00000_pedido_no_099-2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8744/projeto_de_lei_no_199-2025_-_altera_a_lei_no_0288-1964.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8745/projeto_de_lei_no_200-2025_-_altera_percentual_de_suplementacao_ldo_2025_lei_no_4.040-2024.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8746/projeto_de_lei_no_201-2025_-_altera_percentual_de_suplementacao_loa_2025_lei_no_4.084-2024.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8248/projeto_de_resolucao_no_001-2025_-_toninho_-_incentivo_a_doacao_de_sangue_17-02.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8364/projeto_de_resolucao_no_002-2025_-_mesa_diretora_-_autoriza_adesao_ao_parlamento_jovem.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8412/projeto_de_resolucao_no_003-2025_-_mesa_diretora_-_altera_regimento_interno_-_diversos_assuntos.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8440/projeto_de_resolucao_no_004-2025_-_mesa_diretora_-_altera_regulamentacao_parlamento_jovem_7-5-2025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8496/projeto_de_resolucao_no_005-2025_-_mesa_diretora_-_altera_regulamentacao_camara_mirim_6-6-2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8540/projeto_de_resolucao_no_006-2025_-_mesa_diretora_-_altera_regulamentacao_camara_mirim.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8655/projeto_de_resolucao_no_007-2025_-_mesa_diretora_-_altera_regimento_interno_-_segunda_alteracao_-_assuntos_diversos.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8656/projeto_de_resolucao_no_008-2025_-_mesa_diretora_-_institui_e_regulamenta_o_logotipo_da_camara.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8703/projeto_de_resolucao_no_009-2025_-_todos_os_vereadores_-_concede_titulo_de_cidadania_honoraria.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8704/projeto_de_resolucao_no_010-2025_-_medalha_ilidio_carvalho_-_daniel_sibele_e_leticia.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8735/projeto_de_resolucao_no_011-2025_-_mesa_diretora_-_regulamenta_a_realizacao_de_audiencia_publica_24-10-2025.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8742/projeto_de_resolucao_no_012-2025__-_da_nome_ao_cac_-_silverio_rocha.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8437/proposta_de_emenda_a_lom_no_1-2025_-_9-5-2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8193/requerimento_001-2025_-_mauro_do_gas_-_galpao_-_praca_dos_congadeiros.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8194/requerimento_002-2025_-_elias_-_auxilio-alimentacao_27-01.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8196/requerimento_003-2025_-_tuty_da_borracharia_-_unidade_do_corpo_de_bombeiros_27-01.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8197/requerimento_004-2025_-_janeany_-_sobreaviso_no_cata_27-01.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8198/requerimento_005-2025_-_joao_pedro_-_combate_a_dengue_27-01_assinado.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8199/requerimento_006-2025_-_soninha_-_rua_joao_graciano_dos_santos_27-01.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8200/requerimento_007-2025_-_carla_andrade_-_veiculos_emenda_deputado_27-01.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8201/requerimento_008-2025_-_ana_ruth_-_comissao_especial_27-01_assinado.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8210/requerimento_009-2025_-_joao_pedro_-_acao_de_conscientizacao_vagas_pcd_03-02_pades.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8211/requerimento_010-2025_-_mauro_do_gas_-_asfalto_03-02.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8212/requerimento_011-2025_-_janeany_-_limpeza_cemiterio_da_saudade_03-02.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8213/requerimento_012-2025_-_soninha_-_folga_servidor_dia_aniversario_03-02.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8214/requerimento_013-2025_-_tuty_da_borracharia_-_redutores_velocidade_rosa_maciel_03-02.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8215/requerimento_014_-2025_-_toninho_-_iluminacao_publica_paradiso_-_03-02.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8218/requerimento_015-2025-_todos_-_medalha_osmari_03-02_pades.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8219/requerimento_016-2025_-_joao_pedro_-_retirada_de_emendas_-_plc_1-2025_-_3-02_assinado.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8228/requerimento_017-2025_-_mauro_do_gas_-_asfalto_samuel_bernardes.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8229/requerimento_018-2025_-_soninha_-_asfalto_r_jose_b_lobato_10-02.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8230/requerimento_019-2025_-_elias_-_tag_pedagio_10-02_ii.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8231/requerimento_020-2025_-_janeany_-_concurso_publico_10-02.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8232/requerimento_021-2025_-_tuty_da_borracharia_-_manutencao_ponte_mirandas_10-02.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8233/requerimento_022-2025_-_toninho_-_drenagem_praca_museu_-_10-02.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8234/requerimento_023-2025_-_joao_pedro_-_semaforo_rua_bahia_-_10-02.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8235/requerimento_024-2025_-_todos_-_adesao_a_lei_athis_-_habitacao_10-02.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8255/requerimento_025-2025_-_mauro_do_gas_-_asfalto_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8256/requerimento_026-2025_-_carla_andrade_-_sinalizacao_em_frente_cemei_abp_17-02.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8257/requerimento_027-2025_-_janeany_-_cercamento_pista_skate_e_banheiros_17-02.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8258/requerimento_028-2025_-_soninha_-_extensao_horario_trabalhador_esf_17-02.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8259/requerimento_029-2025_-_tuty_da_borracharia_-_unidade_do_senai_em_lp_17-02.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8260/requerimento_030-2025_-_ana_ruth_-_incentivo_financeiro_ace_e_acs_17-02_pades.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8261/requerimento_031-2025_-_joao_pedro_-_sede_propria_psf_santa_eugenia_17_-_02_pades.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8262/requerimento_032-2025_-_toninho_-_convoca_diretor_do_saae-lp_-_17-02.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8275/requerimento_033-2025_-_tuty_da_borracharia_-_reforma_de_trevos_24-02.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8276/requerimento_034-2025_-_toninho_-_asfalto_rua_para_-_24-02.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8277/requerimento_035-2025_-_joao_pedro_-_banhistas_praia_municipal_-_24-02.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8278/requerimento_036-2025_-_soninha_-_reforma_calcada_praia_24-02.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8279/requerimento_037-2025_-_janeany_-_adia_sessao_do_dia_05-03_para_07-03.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8286/requerimento_038_-_2025_-_mauro_-_rotatorias_07-03.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8289/requerimento_039-2025_-_toninho_e_joao_pedro_-_olho_vivo.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8290/requerimento_040-2025_-_ana_ruth_-_grade_curricular_municipal_07-03.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8294/requerimento_041-2025_-_joao_pedro_-_quadras_esportivas_10-03_pades.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8309/requerimento_042-2025_-_carla_andrade_-_guarda_civil_municipal_11-03.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8296/requerimento_043-2025_-_mauro_do_gas_-_asfalto_11-03.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8297/requerimento_044-2025_-_elias_-_campo_bairro_marilia_11-03.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8298/requerimento_045-2025_-_janeany_-_cobertura_e_reforma_quadra_m_guimaraes_11-03.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8299/requerimento_046-2025_-_soninha_-_passagem_elev_pedestres_av_get_vargas_11-03.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8300/requerimento_047-2025_-_toninho_-_audiencia_autismo_-_11-03.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8310/requerimento_048-2025_-_mauro_do_gas_-_reforma_estacao_ferroviaria_martins_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8311/requerimento_049-2025_-_ana_ruth_-_joao_pedro_-_elias_-_campanha_arrecadacao_alimentos_expo_17-03_pades.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8312/requerimento_050-2025_-_carla_andrade_-_passagem_elev_pedestres_alameda_das_acacias_17-03.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8313/requerimento_051-2025_-_tuty_da_borracharia_e_carla_-_sensor_de_glicose_17-03.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8314/requerimento_052-2025_-_toninho_-_estudo_....._17-03.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8315/requerimento_053-2025_-_todos_-_convenio_estado_material_escolar_17-03_pades.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8316/requerimento_054-2025_-_elias_e_demais_-_convoca_sec_adm_e_gov_-_diversos_assuntos_pades.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8327/requerimento_055-2025_-_mauro_do_gas_-_cobertura_na_quadra_de_peteca_-_24-03_ass.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8328/requerimento_056-2025_-_todos_vereadores_-_carla_andrade_1a_autora_ass.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8329/requerimento_057-2025_-_todos_vereadores_-_tuty_1o_autor_ass.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8330/requerimento_058-2025_-_todos_vereadores_-_janeany_1a_autora_ass.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8331/requerimento_059-2025_-_soninha_-_limpeza_bueiros_rua_luz_24-03_ass.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8332/requerimento_060-2025_-_elias_motorista_-_retomada_de_feirinha_-_24-03_ass.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8333/requerimento_061-2025_-_joao_pedro_-_parque_dos_buritis_24-03_pades.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8334/requerimento_062-2025_-_ana_ruth_-_limpeza_em_martins_guimaraes_24-03_pades.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8335/requerimento_063-2025_-_toninho_-_limpeza_piscina_praca_esportes_-_24-03_ass.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8343/requerimento_064-2025_-_ana_ruth_-_ampliacao_da_creche_tia_maria_olivia_pades.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8344/requerimento_065-2025_-mauro_do_gas_-_wi-fi_nas_pracas_-_31-03_j.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8345/requerimento_066-2025_-_janeany_-_solicita_copia_calculos_servidores_31-03.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8346/requerimento_067-2025_-_elias_-_leilao_bens_moveis_inservivieis_31-03.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8347/requerimento_068-2025_-_joao_pedro_-_asfaltamento_de_vias_-_31-03.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8348/requerimento_069-2025_-_toninho_-_aplicabilidade_da_lei_municipal_no_4.073-20240_-_31-03.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8349/requerimento_070-2025_-_soninha-_adia_leitura_pareceres_pl_em_41-2025.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8376/requerimento_071-2025_-_joao_pedro-_cata_treco_-_07-04.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8377/requerimento_072-2025_-_toninho_-_revitalizacao_nascente_praia_-_07-04.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8379/requerimento_073-2025_-_tuty_da_borracharia_e_joao_pedro_-_portao_imovel_na_fernao_dias_7-04_padesass.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8390/requerimento_074-2025_-_janeany_-_centro_de_lazer_idosos_-_14-04.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8391/requerimento_075-2025_-_mauro_do_gas_-_parquinho_nas_creches.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8392/requerimento_076-2025_-_tuty_-_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8393/requerimento_077-2025_-_elias_motorista_-_controle_dengue_-_14-04.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8394/requerimento_078-2025_-_toninho_-_infraestrutura_quadra_santa_helena_-_14-04.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8395/requerimento_079-2025_-_ana_ruth_-_seguranca_e_protecao_em_orgaos_publicos_14-04.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8396/requerimento_080-2025_-_carla_andrade_-_ampliar_iluminacao_pub_di_14-04.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8400/requerimento_081-2025_-_carla_andrade_-_passagem_elevada_rua_angelo_perilo_-_22-04.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8401/requerimento_082-2025_-_joao_pedro_-_asfaltamento_almirante_tamandare_-_22-04.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8402/requerimento_083-2025_-_mauro_do_gas_-_castramovel_zona_rural_22-04.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8403/requerimento_084-2025_-_elias_motorista_-_mutiroes_de_cirurgias_-_22-04.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8404/requerimento_085-2025_-_tuty_-_pavimentacao_asfaltica_-_pedido_do_miro_-_22-04.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8405/requerimento_086-2025_-_toninho_-_adia_leitura_pareceres_pl_em_66-2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8414/requerimento_087-2025_-_ana_ruth_-_joao_pedro_-_tapa_buraco_28-04.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8415/requerimento_088_-2025_-_joao_pedro_-_pulseiras_de_identificacao_autismo_-_28-04.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8416/requerimento_089-2025_-_janeany_-_asfalto_-_28-04.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8417/requerimento_090-2025_-_toninho_-_asfaltamento_av_francisco_de_assis_resende_-_28-04.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8418/requerimento_091-2025_-_elias_motorista_-_rotatoria_bh.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8419/requerimento_092-2025_-_tuty-_retirada_de_substitutivo_-_plc_2-2025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8420/requerimento_093-2025_-_soninha_-_adia_leitura_pareceres_plc_em_3-2025.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8424/requerimento_094_-2025_-_joao_pedro_-_limpeza_do_piscinao_-_05-05.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8425/requerimento_095-2025_-_ana_ruth_-_doacao_de_imovel_-_acadelp_-_05-05.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8426/requerimento_096-2025_-mauro_do_gas_-_academia_ao_ar_livre_-_05-05.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8427/requerimento_097-2025_-_tuty_-_faixa_de_pedestres_praia_-_05-05-2025.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8428/requerimento_098-2025_-_toninho_da_laje_-_retira_leitura_pareceres_plc_em_3-2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8441/requerimento_099-2025_-_carla_andrade_-_poda_dos_eucaliptos_na_praca_de_esportes_-_12-05.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8442/requerimento_100_-2025_-_janeany_-_poda_dos_eucaliptos_na_praca_de_esportes_-_12-05.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8443/requerimento_101_-2025_-_ana_ruth_joao_pedro_e_elias_-_quebra_molas_cemae_-_12-05.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8444/requerimento_102-2025_-_elias_motorista_-_pulseira_de_identificacao.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8445/requerimento_103-2025_-_toninho_-_av._isabel_de_castro_-_12-05.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8453/requerimento_104-2025_-_mauro_do_gas_-_asfalto_-_19-05_ass.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8454/requerimento_105-2025_-_toninho_-_transporte_escolar_escola_jacinto_campos_ii_-_19-05.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8455/requerimento_106-2025_-_tuty_-_sinalizacao_proibido_fumar_-_19-5-2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8456/requerimento_107-2025_-_elias_motorista_-_dia_de_pagamento_do_servidor.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8457/requerimento_108-2025_-_joao_pedro_-_audiencia_direito_do_idoso_-_19-05_pades.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8467/requerimento_109-2025_-_elias_motorista_-_horta_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8468/requerimento_110-2025_-_tuty_-_agendamento_previo_de_consultas_-_26-5-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8469/requerimento_111-2025_-_joao_pedro_-_conscientizacao_no_transito.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8470/requerimento_112-2025_-_mauro_do_gas_-_reforma_ubs_-_marilia.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8471/requerimento_113-2025_-_toninho_-_elias_e_tuty_-_convoca_anderson_meio_ambiente_ass.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8481/requerimento_114-2025_-_toninho_-_asfaltamento_av_francisco_de_assis_resende.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8482/requerimento_115-2025_-_tuty_-_rastreador_nos_veiculos_publicos.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8483/requerimento_116-2025_-_elias_-_maternidade.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8484/requerimento_117-2025_-_janeany_-_informacoes_sobre_as_hortas_comunitarias_-_2-6.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8503/requerimento_118-2025_-_ana_ruth_-_praca_da_capelinha_-_09-06.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8504/requerimento_119-2025_-_joao_pedro_-_tapa_buraco_e_correcao_de_infiltracoes_09-06.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8505/requerimento_120-2025_-_soninha_-_instalacao_de_semaforo_09-06.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8506/requerimento_121-2025_-_carla_andrade_-_recapeamento_av._jose_bernardes_maciel_09-06.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8507/requerimento_122-2025_-_mauro_do_gas_-_asfalto_-_09-06.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8508/requerimento_123-2025_-_toninho_-_reforma_quadra_americo_silva_-_09-06.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8512/requerimento_124-2025_-_ana_ruth_-_estatua_de_boto_-_16-06.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8513/requerimento_125_-2025_-_tuty_da_borracharia_-_banheiro_container_-_16-06.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8514/requerimento_126-2025_-_joao_pedro_-_asfaltamento_-_16-06.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8515/requerimento_127-2025_-_toninho_-_obras_praca_do_museu_-_16-06.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8521/requerimento_128-2025_-_mauro_do_gas_-_ponto_de_onibus_-_23-06.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8522/requerimento_129-2025_-_tuty_da_borracharia_e_mauro_do_gas_-_poda_de_arvores_-_23-06.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8523/requerimento_130-2025_-_joao_pedro_e_tuty_da_borracharia_-_vigilancia_sanitaria_de_lagoa_da_prata_-_23-06.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8528/requerimento_131-2025_-_joao_pedro_-_audiencia_publica_ldo_30-6.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8529/requerimento_132-_2025_-_mauro_do_gas_-_tribuna_jose_maria-_30-06.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8530/requerimento_133-2025_-_janeany_-_passagem_elevada_-_30-06.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8531/requerimento_134-2025_-_toninho_-_atendimentos_otorrino_-_30-06_j.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8537/requerimento_135-2025_-_elias_-_ferias_25_dias_uteis_07-07.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8538/requerimento_136-2025_-_janeany_-_painel_de_senha_farmacia_municipal-_07-07.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8539/requerimento_137-2025_-_toninho_-_programa_habita_lagoa_-_07-07.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8546/requerimento_138-2025_-_janeany_-_instalacao_de_lixeiras_publicas_-_14-07.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8547/requerimento_139_-_2025_-_elias_-_remocao_de_quebra-mola-_14-07.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8548/requerimento_140-2025_-_ana_ruth_e_joao_pedro_-_servidores_do_saae_-_14-07.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8549/requerimento_141-2025_-_mauro_do_gas_-_banheiro_na_praca_da_matriz_-_14-07.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8550/requerimento_142-2025_-_tuty_e_joao_pedro_-_mao_unica_na_escola_chico_rezende_-_14-07.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8551/requerimento_143-2025_-_toninho_-_area_anexa_ginasio_francelino_pereira.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8555/requerimento_144-2025_-_janeany_-_tapa-buracos_-_21-07.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8556/requerimento_145-2025_-_carla_andrade-_investimento_em_mountain_bike_e_atletismo_-_21-07.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8557/requerimento_146-2025_-_toninho_-_perfil_alunos_escola_jacinto_campos_ii.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8558/requerimento_147-2025_-_ana_ruth_e_joao_pedro_-_informacoes_educacao_-_21-7.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8559/requerimento_148-2025_-_joao_pedro_-_rodolfo_pio_-_21-07.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8576/requerimento_149-2025_-_soninha_joao_e_toninho-_mao_unica_do_museu_28-07.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8577/requerimento_150-2025_-_tuty_-_fechamento_da_rua_do_centro_de_especialidades_-_28-07.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8578/requerimento_151-2025_-_joao_pedro_e_carla_-_area_de_lazer_da_praia_municipal_-_28-07.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8579/requerimento_152_-_2025_-_janeany_-_rotatoria_e_passagem_elevada_praca_do_cruzeiro_-_28-07_ass.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8580/requerimento_153-2025_-_ana_ruth_-_fios_soltos_-_28-07.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8581/requerimento_154-2025_-_mauro_do_gas_-_joaquim_gomes_pereira_28-07.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8582/requerimento_155-2025_-_toninho_-_obras_de_revitalizacao_pracas_matriz_e_do_cruzeiro_-_28-07.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8588/requerimento_156-2025_-_elias_-__postes_chico_miranda_e_sol_nascente-_04-08_-.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8589/requerimento_157-2025_-_joao_pedro_-_escoamento_de_agua_-_04-08.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8592/requerimento_158-2025_-_janeany_-_recapeamento_-_04-08.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8593/requerimento_159-2025_-_tuty_-_retirada_de_pauta__-_04-08_-_ass.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8594/requerimento_160-2025_-_toninho_da_laje_-_retira_leitura_pareceres_pl_em_140-141-147-2025.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8603/requerimento_161-2025_-_tuty_-_sinalizacoes_horizontais_-_11-08_ass.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8604/requerimento_162-2025_-_mauro_do_gas_-_praca_alfredo_bernardes_11-08_ass.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8605/requerimento_163-2025-_todos_-_doacao_de_lote_a_asap_-_11-08_ass.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8606/requerimento_164-2025_-_janeany_-_instalacao_de_semafaros_-_11-08_ass.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8613/requerimento_165-2025_-_tuty_-_despejo_irregular_de_aguas_residuais_-_18-08.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8614/requerimento_166-2025_-_ana_ruth_-_praca_do_cruzeiro_-_18-08.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8615/requerimento_167-2025_-_joao_pedro_e_soninha_-_rebaixamento_de_rede_-_18-08.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8616/requerimento_168-2025_-_janeany_-_calcadas_-_18-08.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8617/requerimento_169-2025_-_carla_andrade-_escola_de_futebol_-_redutor_de_velocidade_-_18-08.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8618/requerimento_170-2025_-_mauro_do_gas_-_recapeamento_-_18.08.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8619/requerimento_171-2025_-_toninho_-_triturador_de_galhos_-_18-08.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8620/requerimento_172-2025_-_soninha_e_joao_pedro_-_audiencia_publica_do_agro-_18-08.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8626/requerimento_173-2025_-_elias_-__pracas_no_bairro_paradiso_-25-08_-.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8627/requerimento_174-_2025_-_janeany-_remocao_de_quebra-mola-_25-08.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8628/requerimento_175-2025_-_ana_ruth_-_adicionar_libras_na_grade_curricular__-25-08_-.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8629/requerimento_176-2025_-_mauro_do_gas_-_redutor_de_velocidade_-_25-08.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8631/requerimento_177-2025_-_joao_pedro_-_queima_da_turva_-_25-08.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8632/requerimento_178-2025_-_tuty_-_questionamentos_sobre_obras_-_25-8.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8645/requerimento_179-2025_-_soninha_-_janeany_-_solicita_oficio_homenagem_ao_preto_-_01-09.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8646/requerimento_180-2025_-_joao_pedro_-_cobranca_requerimento_111_-_01-09.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8647/requerimento_181-2025_-_carla_andrade_-_solicita_oficio_parabenizando_raizen_e_outros_-_1-9-2025.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8648/requerimento_182-2025_-_mauro_do_gas_-_redutor_de_velocidade_-_25-08.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8649/requerimento_183-2025_-_toninho_-_reducao_quebra-molas_av._bela_vista_-_01-09.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8650/requerimento_184-2025_-_janeany_-_oitiva_sergio_tobias_-_01-09.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8651/requerimento_185-2025_-_tuty_-_retirada_de_emenda_-_pl_156-2025.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8666/requerimento_186-2025_-_tuty_-_laudo_tecnico_-_08-09.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8667/requerimento_187-2025_-_janeany_-_interdicao_na_rua_da_feirinha__-_08-09.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8669/requerimento_188-2025_-_toninho_-__faixa_de_pedestres_getulio_vargas_-_08-09.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8668/requerimento_189-2025_-_joao_pedro_-_reforma_na_praca_dona_zaza_08-09.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8674/requerimento_190-2025_-_janeany_-_aula_de_zumba__-_15-09.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8675/requerimento_191-2025_-_carla_andrade_-_olho_vivo_-_15-09.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8676/requerimento_192-2025_-_tuty_e_janeany_-_creche_-_15-09.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8677/requerimento_193-2025_-_soninha_e_outros_-_aparelho_de_glicose_-_15-09.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8678/requerimento_194-2025_-_joao_pedro_e_tuty_-_avaliacao_terreno_turfa_-_15-09.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8679/requerimento_195-2025_-_toninho_-_prestacao_contas_fundacao_sao_carlos_-_15-09.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8680/requerimento_196-2025_-_ana_ruth_-_retira_leitura_pareceres_pl_em_179-2025_ass.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8686/requerimento_197-2025_-_mauro_ana_e_tuty-_grampeacao_de_rede_-_22-09.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8687/requerimento_198-2025_-__tuty_e_toninho_-_limpeza_da_praia_municipal_-_22-09.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8688/requerimento_199-2025_-__joao_pedro_tuty_e_toninho_-_melhorias_no_bairro_cidade_nova_-_22-09.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8696/requerimento_200-2025_-_elias_-_empocamento_-_29-09.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8697/requerimento_201-2025_-_ana_ruth_-_carreta_da_alegria_no_dia_dos_idosos__-29-09_-.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8698/requerimento_202-2025_-_joao_pedro_-_passagem_elevada_-_29-09.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8699/requerimento_203-2025_-__tuty_toninho_e_janeany_-_vagas_em_concurso_publico__-_29-09.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8700/requerimento_204-2025_-_tuty_e_demais_vereadores_-_der_-_29-09.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8701/requerimento_205-2025_-_janeany_-_interdicao_da_av_jose_bernardes_maciel_-.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8706/requerimento_206-2025_-_joao_pedro_-_pista_de_corrida_-_06-10.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8707/requerimento_207-2025_-_tuty_-_praca_dona_dodora.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8708/requerimento_208-2025_-_ana_ruth_-_audiencia_publica_sobre_dia_da_consciencia_negra_06-10.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8709/requerimento_209-2025_-_toninho_-_audiencia_transito_-_06-10.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8713/requerimento_210-2025_-_janeany-_tapa-buracos_-_13-10.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8714/requerimento_211-2025_-_joao_pedro_-asfaltamento_da_garagem_da_prefeitura_-_13-10.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8715/requerimento_212-2025_-_mauro_-__faixa_de_pedestres_-_av_brasil_-_13-10.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8716/requerimento_213-2025_-_ana_ruth_-_academia_na_praca_jose_goncalves_paulino_13-10.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8717/requerimento_214-2025_-_carla_andrade_-_audiencia_outubro_rosa_-_13-10.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8718/requerimento_215-2025_-_soninha_-_adia_leitura_pareceres_plc_em_6-2025.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8725/requerimento_216-2025_-_ana_ruth_-_solicitacao_de_estudo_de_gestao_de_risco_mapeamento_de_areas_de_inundacao_e_plano_de_seguranca_comunitaria_-_20-10.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8726/requerimento_217-2025_-_mauro_do_gas_-_reforma_da_praca_coronel_luciano_-_20-10.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8727/requerimento_218-2025_-toninho_-_audiencia_publica_causa_animal_-_20-10-2025.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8728/requerimento_219-2025_-_carla_andrade_-_audiencia_novembro_azul_-_20-10.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8737/requerimento_220-2025_-_carla_andrade_-_pedir_calcada_para_pratica_atividade_fisica_-_27-10.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8738/requerimento_221-2025_-_mauro_do_gas_-_redutor_de_velocidade_praca_dos_congadeiros_-_27-10.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8739/requerimento_222-2025_-toninho_e_outros-_convoca_diretor_saae_-_27-10.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8358/projeto_de_decreto_legislativo_no_001-2025_-_mesa_diretora_-_autoriza_acordo_coop_tec_policia_civil_-_posto_identificacao.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8681/parecer.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8326/oficio_no_086-2025_-_camara_municipal_solicita_retirada_projeto_de_lei_de_tramitacao_-_projeto_de_lei_no_037-2025_-_cs_r_150.00000.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8406/oficio_no_114-2025_-_camara_municipal_-_solicita_retirada_projetos_de_lei_de_tramitacao_projetos_no_066_070_e_072-2025_-_versao_final.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8413/oficio_no_125-2025_-_camara_municipal_solicita_retirada_projeto_de_lei_de_tramitacao_-_projeto_de_lei_no_075-2025_-_contrato_bdmg.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8192/anteprojeto_de_lei_no_001-2025_-_elias_motorista_-_plano_de_saude.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8220/anteprojeto_de_lei_no_002-2025_-_ana_ruth_-_transporte_alunos_bambui_-_10-02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8247/anteprojeto_de_lei_no_003-2025_-_toninho_-_politica_de_incentivo_a_doacao_de_sangue_e_outros_17-02.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8287/anteprojeto_de_lei_no_004-2025_-_tuty_da_borracharia_-_isencao_de_impostos_07-03_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8288/anteprojeto_de_lei_no_005-2025_-_tuty_da_borracharia_-_distribuicao_de_remedios_e_fraldas_geriatricas_07-03.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8386/anteprojeto_de_lei_no_006-2025_-_joao_pedro_-_reducao_jornada_servidor_pai_autista_14-04.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8472/anteprojeto_de_lei_no_007-2025_-_toninho_-_programa_de_registro_de_caes.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8536/anteprojeto_de_lei_no_008-2025_-_ana_ruth_-_autoriza_uso_de_veiculos_para_transporte_de_atletas_e_outros.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8554/anteprojeto_de_lei_no_009-2025_-_mauro_do_gas_-_programa_de_aquisicao_de_alimentos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8596/anteprojeto_de_lei_no_10-2025_-elias_motorista_-_regulamenta_lixeiras.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8601/anteprojeto_de_lei_no_011_-2025_-_ana_ruth_e_joao_pedro_-_aumento_conselheiros_tutelares.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8671/anteprojeto_de_lei_no_12-2025_-_ana_ruth_-_joao_pedro_-_elias_-_entrada_solidaria_12-9-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8684/anteprojeto_de_lei_no_13-2025_-_joao_pedro_-_escalonamento_de_ferias_no_executivo_19-9-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8723/anteprojeto_de_lei_no_14-2025_-_elias_motorista_-_mudanca_cesta_basica_aos_servidores.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8325/anteprojeto_de_lei_complementar_no_01-2025_-_janeany_-_altera_lc_3-1991_-_24-03.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8477/anteprojeto_de_lei_complementar_no_002-2025_-_joao_pedro_e_tuty_-_delega_fiscalizacao_gcm.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8494/anteprojeto_de_lei_complementar_no_3-2025_-_janeany_-_altera_lc_5-1991_-_circos_parques_carreta_6-6-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8542/anteprojeto_de_lei_complementar_no_4-2025_-_elias_motorista_-_transito.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8573/anteprojeto_de_lei_complementar_no_5-2025_-_tuty_da_borracharia_-_graduacao_em_nivel_superior_para_comissionados_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8635/anteprojeto_de_lei_complementar_no_6-2025_-_carla_andrade_-_altera_lc_240-2021_-_limpeza_e_queimada.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8202/indicacao_001-2025_-_soninha_-_revitalizacao_da_praca_da_matriz_27-01.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8203/indicacao_002-2025_-_tuty_-_elias_-_mauro_-_instalacao_tachao_passagem_e_pedestres_27-01.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8204/indicacao_003-2025_-_carla_andrade_-_aperfeicoamento_dos_semaforos_27-01_1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8205/indicacao_004-2025_-_carla_andrade_-_aperfeicoamento_dos_semaforos_27-01_2.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8216/indicacao_005-2025_-_carla_andrade_-_rotatoria_luiz_guadalupe_c_alex_b_primo_03-02.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8217/indicacao_006-2025_-_tuty_-_redutores_de_velocidade_barao_do_rio_branco_03-02.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8222/indicacao_007-2025_-_ana_ruth_-_pracinha_mirandinha_10-02.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8236/indicacao_008-2025_-_mauro_do_gas_-_asfalto_av_brasil_10-02.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8237/indicacao_009-2025_-_mauro_do_gas_-_rotatoria_minas_gerais_com_joao_jafar_10-02.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8238/indicacao_010-2025_-_elias_motorista_-_rotatoria_av_jbm_10-02.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8240/indicacao_012-2025_-_soninha_-_identificacao_dos_onibus_transporte_gratuito_10-02.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8241/indicacao_013-2025_-_tuty_-_redutores_de_velocidade_av_dona_maria_rita_10-02.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8242/indicacao_014-2025_-_joao_pedro_-_reforma_quadras_americo_silva_e_n.sra_das_gracas_10-02_pades.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8243/indicacao_015-2025_-_joao_pedro_-_rotatoria_coronel_luciano_-_10-02_pades.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8263/indicacao_016-2025_-_mauro_do_gas_-_asfalto_rua_anita_de__souza_gontijo_17-02.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8264/indicacao_017-2025_-_mauro_do_gas_-_asfalto_monsenhor_17-02.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8265/indicacao_018-2025_-_carla_andrade_-_pavimentacao_rua_jose_maria_resende_17-02.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8266/indicacao_019-2025_-_janeany_-_analise_das_arvores_17-02.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8267/indicacao_020-2025_-_tuty_da_borracharia_-_rotatoria_rs_x_manaus_17-02.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8280/indicacao_021-2025_-_joao_pedro_-_ligacao_bairros_americo_silva_e_gomes_-_24-02_pades.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8281/indicacao_022-2025_-_ana_ruth_-_joao_e_tuty_-_pracinha_do_cruzeiro_24-02_pades_2.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8301/indicacao_023-2025_-_elias_motorista_-_retirada_de_redutor_de_velocidade_11-03.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8302/indicacao_024-2025_-_elias_motorista_-_retirada_de_redutor_de_velocidade_av._fernao_dias_11-03.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8336/indicacao_025-2025_-_joao_pedro_-_asfalto_rua_jose_xavier_24-03_pades.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8337/indicacao_026-2025_-_joao_pedro_-_limpeza_bueiros_rua_luz_com_franc_bern_primo_24-03_pades.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8341/indicacao_027-2025_-_ana_ruth_-_iluminacao_-_31-03_pades.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8342/indicacao_028-2025_-_ana_ruth_-_tapar_buraco_-_31-03_pades.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8421/indicacao_029-2025_-_janeany_-_odonto_movel_-_28-04.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8422/indicacao_030-2025_-_elias_-_retirada_do_quebra_molas_rua_bahia_-_28-04.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8429/indicacao_31-2025_-_tuty_-_faixa_de_pedestres_05-05.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8446/indicacao_032-2025_-_elias_-_pavimentacao_ruas_amazonas_e_rio_grande_do_sul.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8516/indicacao_033-2025_-_ana_ruth_-encontrao_da_melhor_idade_-_16-06.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8524/indicacao_034-2025_-_joao_pedro_-_asfalto_rua_getulio_vargas_-_23-06.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8552/indicacao_035-2025_-_ana_ruth_-_intervencao_rua_almirante_tamandare_-_14-07.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8583/indicacao_036-2025_-_janeany_-_troca_de_lampadas_no_cemiterio_da_saudade_-_28-07.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8602/indicacao_037-2025_-_ana_ruth_-_pista_de_skate_-_11-08.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8612/indicacao_038-2025_-_ana_ruth_-_limpeza_martins_guimaraes_-_18-08.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8702/indicacao_039-2025_-_ana_ruth_-_transporte_para_o_cesec_-_29-09.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8245/mocao_001-2025_-_janeany_-_sine.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8306/mocao_002-2025_-_joao_pedro_-_academia_de_luta_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8350/mocao_003-2025_-_soninha_-_dr._diogo_ss.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8438/mocao_004-toninho_-_miguel_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8509/mocao_005-2025_-_ana_ruth_-_servidores.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8532/mocao_006-2025_-_elias_motorista_-_parlamento_jovem.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8622/mocao_007-2025_-_carla_andrade_-_pastor_henrique_barbosa_e_pastora_marina_barbosa.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8665/mocao_008-2025_-_joao_pedro_-_ana_ruth_e_outros_-_apoio_a_sec_transp_e_outros.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8670/mocao_009-2025_-_tuty_-_tulio_malta.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8730/mocao_010-2025_-_mauro_do_gas_-_marlene.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8184/projeto_de_lei_cm_001-2025_-_mesa_diretora_-_revisao_empregados_camara_assinado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8244/projeto_de_lei_cm_002-2025_-_carla_andrade_-_declara_de_utilidade_publica_-_amar_cura.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8246/projeto_de_lei_cm_003-2025_-_toninho_e_outros_-_altera_lei_acessibilidade_-_vagas_autistas.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8268/projeto_de_lei_cm_004-2025_-_carla_andrade_-_altera_lei_do_cordao_de_girassol.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8464/projeto_de_lei_cm_005-2025_-_doacao_de_bens_moveis_a_ascalp.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8479/projeto_de_lei_cm_6-2025_-_joao_pedro_e_outros_-_da_nome_a_estacao_saude_pades.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8497/projeto_de_lei_cm_007-2025_-_janeany_-_altera_lei_semana_prevencao_ao_alcool_e_drogas.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8499/projeto_de_lei_cm_008-2025_-_joao_pedro_-_da_nome_a_rua_b_res_sc_ii.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8500/projeto_de_lei_cm_009-2025_-_joao_pedro_-_da_nome_a_rua_c_res_sc_ii.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8502/projeto_de_lei_cm_010-2025_-_joao_pedro_-_da_nome_a_rua_d_res_sc_ii.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8525/projeto_de_lei_cm_011-2025_-_ana_ruth_-_da_nome_a_rua_m_-_bairro_mangabeiras.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8541/projeto_de_lei_cm_012-2025_-_joao_pedro_-_declara_de_utilidade_publica_-_acelt.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8553/projeto_de_lei_cm_013-2025_-_joao_pedro_-_da_nome_a_rua_l_res_conq_mangabeiras.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8659/projeto_de_lei_cm_014-2025_-_carla_andrade_-_dia_municipal_da_autoestima_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8685/projeto_de_lei_cm_015-2025_-_toninho_-__institui_semana_da_cultura_evangelica.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8694/projeto_de_lei_cm_16-2025_-_joao_pedro_-_da_nome_a_rua_n_jose_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8695/projeto_de_lei_cm_17-2025_-_todos_vereadores_-_hino_oficial_do_distrito_de_martins_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8710/projeto_de_lei_cm_18-2025_-_toninho_da_laje_-_da_nome_a_rua_j_iolanda.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8729/projeto_de_lei_cm_019-2025_-_joao_pedro_-_declara_de_utilidade_publica_-_avf.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8741/projeto_de_lei_cm_020-2025_-_ana_ruth_-_institui_a_semana_cultural_da_consciencia_negra_no_municipio_j_31-10.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8751/projeto_de_lei_cm_021-2025_-_joao_pedro_-_declara_de_utilidade_publica_-_renascer.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8757/projeto_de_lei_cm_022-2025_-_tuty_e_joao_pedro_-_declara_de_utilidade_publica_-_clube_recreativo_master_de_lagoa_1.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8761/projeto_de_lei_cm_23-2025_-_toninho_da_laje_-_campanha_laco_branco_j.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8762/projeto_de_lei_cm_024-2025_-_soninha_-_da_nome_a_rua_k_-_toninho_piracema.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8770/projeto_de_lei_cm_025-2025_-_janeany__-_da_nome_a_rua_i_-_claudio_boiada_28-11.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8788/projeto_de_lei_cm_026-2025_-_toninho_da_laje_-_declara_de_utilidade_publica_-_bom_de_bola_12-12.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8308/projeto_de_lei_complementar_cm_001-2025_-_joao_pedro_-_altera_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8356/projeto_de_lei_complementar_cm_002-2025_-_mesa_diretora_-_altera_lc_276-2024_-_aumenta_agentes_adm.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8381/projeto_de_lei_complementar_cm_003-2025_-_tuty_-_altera_c_posturas_-_especies_de_arvores_invasoras.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8448/projeto_de_lei_complementar_cm_004-2025_-_mesa_diretora_-_adicionais_empregados_16-5-2025_jr.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8634/projeto_de_lei_complementar_cm_005-2025_-_toninho_da_laje_-_altera_lc_240-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8657/projeto_de_lei_complementar_cm_006-2025_-_joao_pedro_-_altera_lc_240-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8712/projeto_de_lei_complementar_cm_007-2025_-_joao_pedro_-_tuty_e_elias_-_app_em_auc_-_10-10-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8182/projeto_de_lei_complementar_no_xxx-2025-_cria_o_cargo_de_provimento_temporario_de_professor_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8389/projeto_de_lei_complementar_-_altera_lei_complementar_258-23_passivo_plano_carreira.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8397/projeto_de_lei_complementar_no_003-2025-_altera_a_lei_complementar_no_291-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8587/projeto_de_lei_no_xxx-2025_-_altera_o_inciso_iii__do_paragrafo_unico_do_art._287-a_da_lei_complementar_no_176-2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8663/projeto_de_lei_complementar_no_005-2025_-__altera_lei_complementar_003-91_-_cargos_eletivos_-_diretores_e_vice_diretores.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8664/projeto_de_lei_complementar_no_006-2025_-_regulamenta_eleicoes_escolares.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8705/projeto_de_lei_complementar_no_007-2025_-_altera_a_lei_complementar_no_291-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8179/projeto_de_lei_no_xxx-2025_-_concede_revisao_e_reajuste_aos_servidores_da_administracao.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8180/projeto_de_lei_no_xxx-2025_-_concede_revisao_aos_agentes_politicos.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8181/projeto_de_lei_no________-2025_-_altera_a_lei_no_1.299-2005.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8185/projeto_de_lei_no_xxx-2024_-_institui_o_servico_de_inspecao_municipal_e_revoga_lei_2.164_de_2013_.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8186/projeto_de_lei_no_xxx-2024_-_institui_programas_e_eventos_continuos_da_secretaria_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8187/projeto_de_lei_no_xxx-2025_-_altera_a_lei_no_3.794-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8188/projeto_de_lei_no_xxx-2025_-_altera_a_lei_no_3.937-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8189/projeto_de_lei_no_xxx-2025_-_credito_suplementar_-_r_402.00000_pedido_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8190/projeto_de_lei_no_xxx-2025_-_credito_suplementar_-_r_160.00000_pedido_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8191/projeto_de_lei_no_xxx-2025_-_credito_suplementar_-_r_3.500.00000_pedido_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8206/projeto_de_lei_no_xxx-2025_-_credito_especial_r_125.08267_pedido_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8207/projeto_de_lei_no_xxx-2025_-_credito_suplementar_-_r_70.00000_pedido_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8208/projeto_de_lei_no_xxx-2025_-_doa_bens_inserviveis_para_a_ascalp_janeiro_2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8209/projeto_de_lei_no_xxx-2025_-_ratifica_protocolo_intencoes_ciminas.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8221/projeto_de_lei_no_015-2025_-_credito_suplementar_-_r_421.23894_pedido_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8223/projeto_de_lei_no_016-2025_-_credito_suplementar_-_r_159.11291_pedido_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8224/projeto_de_lei_no_017-2025_-_credito_suplementar_-_r_5.026.56500_pedido_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8225/projeto_de_lei_no_018-2025_-_credito_suplementar_-_r_321.00000_pedido_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8226/projeto_de_lei_no_19-2025_-_credito_suplementar_-_r_200.00000_pedido_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8249/projeto_de_lei_no_020-2025_-_credito_suplementar_-_r_239.27361_pedido_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8250/projeto_de_lei_no__021-2025_-_credito_suplementar_-_r_510.60000_pedido_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8251/projeto_de_lei_no_022-2025_-_credito_suplementar_-_r_790.00000_pedido_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8252/projeto_de_lei_no_023-2025_-_altera_a_lei_municipal_no_3.879_de_29_de_agosto_de_2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8253/projeto_de_lei_no_024-2025_-_altera_a_lei_municipal_no_3.774_de_2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8254/projeto_de_lei_no_025-2024_-_altera_a_lei_no_3.938-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8269/projeto_de_lei_no_026-2025_-_credito_especial_-_r_88.08197_pedido_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8270/projeto_de_lei_no_027-2025_-_credito_suplementar_-_r_340.20000_pedido_no_015-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8271/projeto_de_lei_no_028-2025_-_autoriza_repasse_-_fundacao_sao_carlos_r_340.20000.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8272/projeto_de_lei_no_029-2025_-_credito_suplementar_-_r_430.00000_pedido_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8273/projeto_de_lei_no_030-2025_-_credito_suplementar_-_r_1.500.00000_pedido_no_017-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8274/projeto_de_lei_no_031-2025_-_credito_suplementar_-_r_995.00000_pedido_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8282/projeto_de_lei_no_032-2025_-_credito_suplementar_-_r_1.511.91460_pedido_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8284/projeto_de_lei_no_033-2025_-_credito_suplementar_-_r_214.62200_pedido_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8285/projeto_de_lei_no_xxx-2025_-_altera_a_lei_no_3.946-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8291/projeto_de_lei_no_xxx-2025_-_autoriza_repasse_-_fundacao_sao_carlos_r_402.25000.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8292/projeto_de_lei_no_036-2025_-_autoriza_repasse_-_fundacao_sao_carlos_r_300.00000.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8293/projeto_de_lei_no_037-2025_-_credito_suplementar_-_r_150.00000_pedido_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8303/projeto_de_lei_no_038-2025_-_credito_suplementar_-_r_147.77699_pedido_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8304/projeto_de_lei_no_039-2025_-_ratifica_2o_alteracao_contratual_cisicom.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8305/projeto_de_lei_no_040-2025-_autoriza_transporte_a_estudantes.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8307/projeto_de_lei_no_041-2025_-_desafeta_e_autoriza_permuta_de_imoveis_-_alvoar_assinado.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8317/projeto_de_lei_no_042-2025_-_altera_lei_n_1.569-2007.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8318/projeto_de_lei_no_xxx-2025-_altera_lei_n_2.472-2015.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8319/projeto_de_lei_no_044-2025_-_autoriza_o_municipio_a_doar_imoveis_-_nominal_lei_n_004-1991.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8320/projeto_de_lei_no_045-2025_-_autoriza_o_municipio_a_doar_imoveis_-_nominal_-_lei_n423-1990.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8321/projeto_de_lei_no_046-2025_-_autoriza_o_municipio_a_doar_imoveis_-_nominal_-_lei_n494-1991.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8322/projeto_de_lei_no_047-2025_-_autoriza_o_municipio_a_doar_imoveis_-_nominal_-_lei_n_509-1992.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8323/projeto_de_lei_no_048-2025_-_autoriza_o_municipio_a_doar_imoveis_-_nominal_-_lei_n_746-1997.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8324/projeto_de_lei_no_049-2025_-_autoriza_o_municipio_a_doar_imoveis_-_nominal_-_lei_n_839-1998.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8338/projeto_de_lei_no_050-2025_-_credito_suplementar_-_r_500.00000_pedido_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8339/projeto_de_lei_no_051-2025_-_credito_especial_-_r_66.00000_pedido_no_027-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8340/projeto_de_lei_no_052-2025_-_credito_suplementar_-_r_38.00000_pedido_no_028-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8351/projeto_de_lei_no_053-2025_-_autoriza_repasse_-_associacao_do_congado_r_32.00000.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8352/projeto_de_lei_no_xxx-2025_-_credito_suplementar_-_r_12.297.04020_pedido_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8353/projeto_de_lei_no_055-2025_-_credito_especial_-_r_144.50000_pedido_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8354/projeto_de_lei_no_056-2025_-_credito_suplementar_-_r_1.105.00000_pedido_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8355/projeto_de_lei_no_057-2025_-_credito_suplementar_-_r_91.79030_pedido_no_032-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8357/projeto_de_lei_no_058-2025_-_credito_especial_-_r_250.00000_pedido_no_033-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8359/projeto_de_lei_no_xxx-2025_-_altera_lei_657-1994.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8360/projeto_de_lei_no_060-2025_-_altera_lei_1.037-2002.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8361/projeto_de_lei_no_061-2025_-_altera_lei_1.137-2004.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8362/projeto_de_lei_no_062-2025_-_altera_lei_2.410-2015.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8363/projeto_de_lei_no_063-2025_-_altera_lei_2.588-2015.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8365/projeto_de_lei_no_064-2025_-_altera_lei_2.644-2015.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8366/projeto_de_lei_no_065-2025_-_altera_lei_2.679-2015.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8367/projeto_de_lei_no_066-2025_-_altera_lei_2.681-2015.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8368/projeto_de_lei_no_067-2025-2025_-_altera_lei_2.684-2015.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8369/projeto_de_lei_no_068-2025_-_altera_lei_2.685-2015.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8370/projeto_de_lei_no_069-2025_-_altera_lei_2.686-2015.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8371/projeto_de_lei_no_070-2025_-_altera_lei_2.687-2015.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8372/projeto_de_lei_no_071-2025_-_altera_lei_2.691-2015.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8373/projeto_de_lei_no_072-2025_-_altera_lei_3.145-2018.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8374/projeto_de_lei_no_073-2025_-_altera_lei_3.179-2018.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8375/projeto_de_lei_no_074-2025_-_adote_um_atleta_ou_equipe.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8380/projeto_de_lei_no_075-2025-_autoriza_o_municipio_de__lagoa_da_prata_a_contratar_com_o_banco_de_desenvolvimento_de_minas_gerais_s_a.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8382/projeto_de_lei_no_076-2025_-_autoriza_repasse_-_fundacao_sao_carlos_r_50.40000.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8383/projeto_de_lei_no_077-2025_-_autoriza_repasse_-_sos_r_200.00000.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8384/projeto_de_lei_no_078-2025_-_credito_suplementar_-_r_32.80231_pedido_no_029-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8385/projeto_de_lei_no_079-2025_-_credito_especial_-_r_220.96387_pedido_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8387/projeto_de_lei_no_080-2025_-_credito_suplementar_-_r_202.40000_pedido_no_031-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8388/projeto_de_lei_no_081-2025_-_dispoe_sobre_a_disponibilizacao_gratuita_do_sensor_de_monitoramento_continuo_de_glicose_freestyle_libre_para_criancas_com_diabetes.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8398/projeto_de_lei_no_082-2025_-_altera_lei_no_4.104-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8399/projeto_de_lei_no_083-2025_-_credito_suplementar_-_r_1.205.00000_pedido_no_036-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8407/projeto_de_lei_no_084-2025_-_autoriza_remanejamento_de_dotacoes_orcamento_2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8408/projeto_de_lei_no_085-2025_-_credito_especial_-_r_1.351.59472_pedido_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8409/projeto_de_lei_no_086-2025_-_credito_especial_-_r_55.00000_pedido_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8410/projeto_de_lei_no_087-2025_-_credito_suplementar_-_r_221.60805_pedido_no_037-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8411/projeto_de_lei_no_088-2025_-_credito_suplementar_-_r_200.00000_pedido_no_038-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8423/projeto_de_lei_no_xxx-2025_-_credito_suplementar_-_r_128.99844_pedido_no_039-2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8430/projeto_de_lei_no_090-2025_-_credito_suplementar_-_r_217.89724_pedido_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8431/projeto_de_lei_no_091-2025_-_credito_suplementar_-_r_881.00000_pedido_no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8432/projeto_de_lei_no_xxx-2025_-_credito_suplementar_-_r_280.00000_pedido_no_042-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8433/projeto_de_lei_no_093-2025_-_credito_suplementar_-_r_700.00000_pedido_no_043-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8434/projeto_de_lei_no_094-2025_-_credito_suplementar_-_r_210.00000_pedido_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8435/projeto_de_lei_no_095-2025_-_autoriza_repasse_-_fundacao_sao_carlos_complementacao_de_piso.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8436/projeto_de_lei_no_xxx-2025_-_institui_normas_gerais_para_a_cobranca_e_o_parcelamento_de_creditos_de_origem_nao_tributaria.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8447/projeto_de_lei_no_097-2025_-_lei_de_diretrizes_orcamentarias_-_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8449/projeto_de_lei_no_098-2025_-_credito_suplementar_-_r_100.00000_pedido_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8450/projeto_de_lei_no_099-2025_-_credito_suplementar_-_r_151.09449_pedido_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8451/projeto_de_lei_no_100-2025_-_altera_a_lei_no_4.147-2025_-_subvencao_social_associacao_congado.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8452/projeto_de_lei_no_101-2025_-_autoriza_repasse_-_fundacao_sao_carlos_r_150.64800.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8458/projeto_de_lei_no_102-2025_-_credito_especial_-_r_39.78205_pedido_no_047-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8459/projeto_de_lei_no_103-2025_-_altera_a_lei_no_3.930-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8460/projeto_de_lei_no_104-2025_-_autoriza_supressao_detalhamentos_-_fontes_de_recursos_loa_ldo_ppa.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8461/projeto_de_lei_no_105-2025_-_autoriza_repasse_-_fundacao_sao_carlos_r_1.845.00000.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8462/projeto_de_lei_no_106-2025_-_autoriza_repasse_-_lar_sao__vicente_r_215.00000.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8463/projeto_de_lei_no_107-2025_-_autoriza_repasse_-_asfer_r_20.00000.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8465/projeto_de_lei_no_108-2025_-_autoriza_repasse_-_aefar_r_30.00000.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8466/projeto_de_lei_no_109-2025_-_autoriza_repasse_-_escolinha_mtb_team_r_28.00000.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8473/projeto_de_lei_no_110-2025_-_credito_suplementar_-_r_59.00000_pedido_no_048-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8474/projeto_de_lei_no_111-2025_-_credito_suplementar_-_r_494.84175_pedido_no_049-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8475/projeto_de_lei_no_112-2025_-_doa_bens_inserviveis_para_a_ascalp_maio_2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8476/projeto_de_lei_no_113-2025_-_dispoe_sobre_a_regularizacao_da_doacao_do_imovel_ao_laprata_esporte_clube.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8480/projeto_de_lei_no_114-2025_-_credito_especial_-_r_650.00000_pedido_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8485/projeto_de_lei_no_115-2025_-_credito_especial_-_r_60.00000_pedido_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8486/projeto_de_lei_no_116-2025_-_credito_suplementar_-_r_160.00000_pedido_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8487/projeto_de_lei_no_117-2025_-_credito_suplementar_-_r_660.00000_pedido_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8488/projeto_de_lei_no_118-2025_-_credito_suplementar_-_r_1.100.00000_pedido_no_054-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8489/projeto_de_lei_no_119-2025_-_autoriza_repasse_-_farasvec_r_90.00000.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8490/projeto_de_lei_no_120-2025_-_autoriza_repasse_-_apa_r_93.00000.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8491/projeto_de_lei_no_121-2025_-_autoriza_repasse_-_fazenda_de_recuperacao_novo_caminho_r_53.00000.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8492/projeto_de_lei_no_122-2025_-_autoriza_repasse_-_fundacao_sao_carlos_r_660.00000.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8493/projeto_de_lei_no_123-2025_-_autoriza_repasse_-_fundacao_sao_carlos_r_1.100.00000.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8495/projeto_de_lei_no_124-2025_-_credito_suplementar_r_160.00000_pedido_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8498/projeto_de_lei_no_125-2025_-_credito_suplementar_r_4.000.00000_pedido_no_056-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8501/projeto_de_lei_no_126-2025_-_credito_suplementar_r_790.00000_pedido_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8510/projeto_de_lei_no_127-2025_-_credito_especial_-_r_70.00000_saae.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8511/projeto_de_lei_no_128-2025-_prorroga_a_vigencia_do_plano_municipal_de_educacao_de_lagoa_da_prata.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8517/projeto_de_lei_no_129-2025_-_credito_suplementar_r_1.689.00000_pedido_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8518/projeto_de_lei_no_130-2025_-_credito_suplementar_r_31.82158_pedido_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8519/projeto_de_lei_no_131-2025_-_altera_a_lei_no_1.891-2010__que_cria_o_conselho_municipal_de_esporte_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8520/projeto_de_lei_no_132-2025_-_institui_o_programa_de_recuperacao_fiscal_refis_na_autarquia_servico_autonomo_de_agua_e_esgoto_saae_de_lagoa_da_prata.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8526/projeto_de_lei_no_133-2025_-_autoriza_repasse_fundacao_sao_carlos_r_1.042.00000.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8527/projeto_de_lei_no_134-2025_-_credito_suplementar_-_r_110.62401_pedido_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8533/projeto_de_lei_no_135-2025_-_credito_suplementar_-_r_551.85900_pedido_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8534/projeto_de_lei_no_136-2025_-_credito_suplementar_-_r_180.00000_pedido_no_063-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8535/projeto_de_lei_no_137-2025_-_autoriza_repasse_subvencao_-_apae_-_r_180.00000.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8543/projeto_de_lei_no_138-2025_-_altera_a_lei_no_1.119-2004.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8544/projeto_de_lei_no_139-2025-_autoriza_o_fornecimento_de_leite_em_po_aos_alunos_da_rede_municipal.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8563/projeto_de_lei_no_140-2025_-_credito_suplementar_r_1.966.27528_pedido_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8564/projeto_de_lei_no_141-2025_-_autoriza_repasse_fundacao_sao_carlos_r_4.000.00000.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8565/projeto_de_lei_no_142-2025_-_credito_suplementar_-_r_50.00000_pedido_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8566/projeto_de_lei_no_143-2025_-_credito_suplementar_-_r_550.00000_pedido_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8567/projeto_de_lei_no_144-2025_-_credito_suplementar_-_r_2.130.00000_pedido_no_066-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8568/projeto_de_lei_no_145-2025_-_credito_suplementar_-_r_200.00000_pedido_no_068-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8569/projeto_de_lei_no_146-2025_-_autoriza_repasse_-_apae_r_200.00000_ref._pedido_no_68.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8570/projeto_de_lei_no_147-2025_-_autoriza_repasse_fsc_r_550.00000_pedido_65.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8571/projeto_de_lei_no_148-2025_-_credito_suplementar_-_r_2.400.00000_pedido_no_067-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8572/projeto_de_lei_no_149-2025_-_credito_especial_-_r_321.75000_pedido_no_069-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8585/projeto_de_lei_no_xxx-2025_-_credito_suplementar_-_r_1.000.00000_pedido_no_070-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8586/projeto_de_lei_no_xxx-2025_-_dispoe_sobre_licenciamento_de_empreendimentos_de_geracao_de_energia_eletrica_por_fonte_solar_fotovoltaica.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8595/projeto_de_lei_no_152-2025_-_credito_suplementar_-_r_24.79419_pedido_no_071-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8597/projeto_de_lei_no_153-2025_-_autoriza_repasse_-_associacao_amar_cura_r_89.90636.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8598/projeto_de_lei_no_154-2025_-_autoriza_repasse_-_asap__r_25.52640.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8599/projeto_de_lei_no_155-2025_-_credito_suplementar_-_r_100.00000_pedido_no_072-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8600/projeto_de_lei_no_156_-2025_-_desafeta_e_autoriza_permuta_de_imoveis_-_alvoar.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8607/projeto_de_lei_no_157-2025_-_credito_suplementar_-_r_180.00000_pedido_no_073-2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8608/projeto_de_lei_no_158-2025_-_credito_suplementar_-_r_420.00000_pedido_no_074-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8609/projeto_de_lei_no_159-2025_-_credito_suplementar_-_r_680.00000_pedido_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8610/projeto_de_lei_no_160-2025_-_autoriza_repasse_fundacao_sao_carlos_r_180.00000.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8611/projeto_de_lei_no_161-2025_-_dispoe_sobre_a_apreensao_guarda_e_destinacao_de_animais_de_medio_e_grande_porte_encontrados_soltos_nas_vias_publicas.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8623/projeto_de_lei_no_162-2025_-_credito_suplementar_-_r_89.00000_pedido_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8624/projeto_de_lei_no_163-2025_-_credito_suplementar_-_r_910.00000_pedido_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8625/projeto_de_lei_no_164-2025_-_credito_suplementar_-_r_4.133.99837_pedido_no_078-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8636/projeto_de_lei_no_165-2025_-_credito_suplementar_-_r_600.00000_saae.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8637/projeto_de_lei_no_166-2025_-_credito_suplementar_-_r_400.00000_pedido_no_079-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8638/projeto_de_lei_no_167-2025_-_credito_suplementar_-_r_300.00000_pedido_no_080-2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8639/projeto_de_lei_no_168-2025_-_credito_suplementar_-_r_388.16123_pedido_no_081-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8640/projeto_de_lei_no_169-2025_-_autoriza_repasse_fsc_r_300.00000.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8641/projeto_de_lei_no_170-2025_-_altera_a_lei_no_4.132-2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8642/projeto_de_lei_no_171-2025_-_altera_lei_n_4.137-25.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8643/projeto_de_lei_no_172-2025-_altera_lei_n_2.644-2015.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8644/projeto_de_lei_no_173-2025_-_autoriza_o_municipio_a_doar_imovel_que_menciona_nos_termos_da_lei_municipal_no_3.946_de_28_de_dezembro_de_2023.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8653/projeto_de_lei_no_174-2025_-_credito_suplementar_-_r_260.00000_pedido_no_082-2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8654/projeto_de_lei_no_175-2025_-_credito_suplementar_-_r_520.00000_pedido_no_083-2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8658/projeto_de_lei_no_176-2025_-_credito_suplementar_-_r_783.00000_pedido_no_084-2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8660/projeto_de_lei_no_177-2025_-_credito_suplementar_-_r_147.69155_pedido_no_085-2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8661/projeto_de_lei_no_178-2025_-_credito_suplementar_-_r_30.00000_pedido_no_087-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8662/projeto_de_lei_no_179-2025_-_autoriza_repasse_fsc_ref._pedido_084.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8672/projeto_de_lei_no_180-2025_-_credito_suplementar_-_r_399.20000_pedido_no_088-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8673/projeto_de_lei_no_181-2025_-_credito_suplementar_-_r_3.355.00000_pedido_no_089-2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8682/projeto_de_lei_no_182-2025_-_credito_suplementar_-_r_320.00000_pedido_no_090-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8683/projeto_de_lei_no_183-2025_-_altera_percentual_de_suplementacao_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8690/projeto_de_lei_no_184-2025_-_credito_especial_-_r_18.99800_pedido_no_091-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8691/projeto_de_lei_no_185-2025_-_credito_suplementar_-_r_30.00000_pedido_no_092-2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8692/projeto_de_lei_no_186-2025_-_credito_suplementar_-_r_527.00000_pedido_no_093-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8693/projeto_de_lei_no_187-2025_-_credito_suplementar_-_r_1.305.09321_pedido_no_094-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8711/projeto_de_lei_no_188-2025_-_credito_suplementar_-_r_500.00000_saae.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8719/projeto_de_lei_no_189-2025_-_credito_suplementar_-_r_403.00000_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8720/projeto_de_lei_no_xxx-2025_-_ldo_-_altera_anexos.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8721/projeto_de_lei_no_xxx-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8722/projeto_de_lei_no_xxx-2025_-_ppa_2026_-_2029.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8731/projeto_de_lei_no_193-2025_-_credito_suplementar_-_r_500.00000_pedido_no_096-2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8732/projeto_de_lei_no_194-2025_-_credito_suplementar__r_180.00000_pedido_no_097-2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8733/projeto_de_lei_no_195-2025_-_autoriza_repasse_apae.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8734/projeto_de_lei_no_196-2025_-_credito_suplementar_-_r_2.030.00000_pedido_no_098-2025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8736/projeto_de_lei_no_197-2025_-_credito_especial_-_r_62.27541_pedido_no_095-2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8743/projeto_de_lei_no_198-2025_-_credito_suplementar_-_r_970.00000_pedido_no_099-2025.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8744/projeto_de_lei_no_199-2025_-_altera_a_lei_no_0288-1964.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8745/projeto_de_lei_no_200-2025_-_altera_percentual_de_suplementacao_ldo_2025_lei_no_4.040-2024.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8746/projeto_de_lei_no_201-2025_-_altera_percentual_de_suplementacao_loa_2025_lei_no_4.084-2024.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8756/projeto_de_lei_no_202-2025_-_credito_suplementar_-_r_750.00000_saae.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8763/projeto_de_lei_no_203-2025_-_credito_suplementar_-_r_286.00000_pedido_no_100-2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8768/projeto_de_lei_no_204-2025_-_altera_a_lei_no_4.286-2025_-_ce__r_62.27541.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8785/projeto_de_lei_no_205-2025_-_autoriza_repasse_auxilio_fundacao_sao_carlos_r_180.00000.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8786/projeto_de_lei_no_206-2025_-_autoriza_repasse_auxilio_fundacao_sao_carlos_r_177.23600.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8787/projeto_de_lei_no_207-2025_-_autoriza_repasse_subvencao_fundacao_sao_carlos_r_50.40000.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8248/projeto_de_resolucao_no_001-2025_-_toninho_-_incentivo_a_doacao_de_sangue_17-02.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8364/projeto_de_resolucao_no_002-2025_-_mesa_diretora_-_autoriza_adesao_ao_parlamento_jovem.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8412/projeto_de_resolucao_no_003-2025_-_mesa_diretora_-_altera_regimento_interno_-_diversos_assuntos.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8440/projeto_de_resolucao_no_004-2025_-_mesa_diretora_-_altera_regulamentacao_parlamento_jovem_7-5-2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8496/projeto_de_resolucao_no_005-2025_-_mesa_diretora_-_altera_regulamentacao_camara_mirim_6-6-2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8540/projeto_de_resolucao_no_006-2025_-_mesa_diretora_-_altera_regulamentacao_camara_mirim.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8655/projeto_de_resolucao_no_007-2025_-_mesa_diretora_-_altera_regimento_interno_-_segunda_alteracao_-_assuntos_diversos.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8656/projeto_de_resolucao_no_008-2025_-_mesa_diretora_-_institui_e_regulamenta_o_logotipo_da_camara.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8703/projeto_de_resolucao_no_009-2025_-_todos_os_vereadores_-_concede_titulo_de_cidadania_honoraria.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8704/projeto_de_resolucao_no_010-2025_-_medalha_ilidio_carvalho_-_daniel_sibele_e_leticia.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8735/projeto_de_resolucao_no_011-2025_-_mesa_diretora_-_regulamenta_a_realizacao_de_audiencia_publica_24-10-2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8742/projeto_de_resolucao_no_012-2025__-_da_nome_ao_cac_-_silverio_rocha.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8771/projeto_de_resolucao_no_013-2025_-_mesa_diretora_-_altera_regimento_interno_-_terceira_alteracao.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8437/proposta_de_emenda_a_lom_no_1-2025_-_9-5-2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8193/requerimento_001-2025_-_mauro_do_gas_-_galpao_-_praca_dos_congadeiros.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8194/requerimento_002-2025_-_elias_-_auxilio-alimentacao_27-01.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8196/requerimento_003-2025_-_tuty_da_borracharia_-_unidade_do_corpo_de_bombeiros_27-01.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8197/requerimento_004-2025_-_janeany_-_sobreaviso_no_cata_27-01.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8198/requerimento_005-2025_-_joao_pedro_-_combate_a_dengue_27-01_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8199/requerimento_006-2025_-_soninha_-_rua_joao_graciano_dos_santos_27-01.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8200/requerimento_007-2025_-_carla_andrade_-_veiculos_emenda_deputado_27-01.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8201/requerimento_008-2025_-_ana_ruth_-_comissao_especial_27-01_assinado.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8210/requerimento_009-2025_-_joao_pedro_-_acao_de_conscientizacao_vagas_pcd_03-02_pades.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8211/requerimento_010-2025_-_mauro_do_gas_-_asfalto_03-02.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8212/requerimento_011-2025_-_janeany_-_limpeza_cemiterio_da_saudade_03-02.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8213/requerimento_012-2025_-_soninha_-_folga_servidor_dia_aniversario_03-02.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8214/requerimento_013-2025_-_tuty_da_borracharia_-_redutores_velocidade_rosa_maciel_03-02.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8215/requerimento_014_-2025_-_toninho_-_iluminacao_publica_paradiso_-_03-02.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8218/requerimento_015-2025-_todos_-_medalha_osmari_03-02_pades.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8219/requerimento_016-2025_-_joao_pedro_-_retirada_de_emendas_-_plc_1-2025_-_3-02_assinado.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8228/requerimento_017-2025_-_mauro_do_gas_-_asfalto_samuel_bernardes.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8229/requerimento_018-2025_-_soninha_-_asfalto_r_jose_b_lobato_10-02.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8230/requerimento_019-2025_-_elias_-_tag_pedagio_10-02_ii.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8231/requerimento_020-2025_-_janeany_-_concurso_publico_10-02.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8232/requerimento_021-2025_-_tuty_da_borracharia_-_manutencao_ponte_mirandas_10-02.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8233/requerimento_022-2025_-_toninho_-_drenagem_praca_museu_-_10-02.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8234/requerimento_023-2025_-_joao_pedro_-_semaforo_rua_bahia_-_10-02.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8235/requerimento_024-2025_-_todos_-_adesao_a_lei_athis_-_habitacao_10-02.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8255/requerimento_025-2025_-_mauro_do_gas_-_asfalto_bela_vista.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8256/requerimento_026-2025_-_carla_andrade_-_sinalizacao_em_frente_cemei_abp_17-02.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8257/requerimento_027-2025_-_janeany_-_cercamento_pista_skate_e_banheiros_17-02.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8258/requerimento_028-2025_-_soninha_-_extensao_horario_trabalhador_esf_17-02.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8259/requerimento_029-2025_-_tuty_da_borracharia_-_unidade_do_senai_em_lp_17-02.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8260/requerimento_030-2025_-_ana_ruth_-_incentivo_financeiro_ace_e_acs_17-02_pades.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8261/requerimento_031-2025_-_joao_pedro_-_sede_propria_psf_santa_eugenia_17_-_02_pades.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8262/requerimento_032-2025_-_toninho_-_convoca_diretor_do_saae-lp_-_17-02.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8275/requerimento_033-2025_-_tuty_da_borracharia_-_reforma_de_trevos_24-02.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8276/requerimento_034-2025_-_toninho_-_asfalto_rua_para_-_24-02.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8277/requerimento_035-2025_-_joao_pedro_-_banhistas_praia_municipal_-_24-02.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8278/requerimento_036-2025_-_soninha_-_reforma_calcada_praia_24-02.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8279/requerimento_037-2025_-_janeany_-_adia_sessao_do_dia_05-03_para_07-03.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8286/requerimento_038_-_2025_-_mauro_-_rotatorias_07-03.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8289/requerimento_039-2025_-_toninho_e_joao_pedro_-_olho_vivo.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8290/requerimento_040-2025_-_ana_ruth_-_grade_curricular_municipal_07-03.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8294/requerimento_041-2025_-_joao_pedro_-_quadras_esportivas_10-03_pades.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8309/requerimento_042-2025_-_carla_andrade_-_guarda_civil_municipal_11-03.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8296/requerimento_043-2025_-_mauro_do_gas_-_asfalto_11-03.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8297/requerimento_044-2025_-_elias_-_campo_bairro_marilia_11-03.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8298/requerimento_045-2025_-_janeany_-_cobertura_e_reforma_quadra_m_guimaraes_11-03.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8299/requerimento_046-2025_-_soninha_-_passagem_elev_pedestres_av_get_vargas_11-03.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8300/requerimento_047-2025_-_toninho_-_audiencia_autismo_-_11-03.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8310/requerimento_048-2025_-_mauro_do_gas_-_reforma_estacao_ferroviaria_martins_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8311/requerimento_049-2025_-_ana_ruth_-_joao_pedro_-_elias_-_campanha_arrecadacao_alimentos_expo_17-03_pades.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8312/requerimento_050-2025_-_carla_andrade_-_passagem_elev_pedestres_alameda_das_acacias_17-03.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8313/requerimento_051-2025_-_tuty_da_borracharia_e_carla_-_sensor_de_glicose_17-03.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8314/requerimento_052-2025_-_toninho_-_estudo_....._17-03.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8315/requerimento_053-2025_-_todos_-_convenio_estado_material_escolar_17-03_pades.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8316/requerimento_054-2025_-_elias_e_demais_-_convoca_sec_adm_e_gov_-_diversos_assuntos_pades.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8327/requerimento_055-2025_-_mauro_do_gas_-_cobertura_na_quadra_de_peteca_-_24-03_ass.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8328/requerimento_056-2025_-_todos_vereadores_-_carla_andrade_1a_autora_ass.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8329/requerimento_057-2025_-_todos_vereadores_-_tuty_1o_autor_ass.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8330/requerimento_058-2025_-_todos_vereadores_-_janeany_1a_autora_ass.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8331/requerimento_059-2025_-_soninha_-_limpeza_bueiros_rua_luz_24-03_ass.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8332/requerimento_060-2025_-_elias_motorista_-_retomada_de_feirinha_-_24-03_ass.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8333/requerimento_061-2025_-_joao_pedro_-_parque_dos_buritis_24-03_pades.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8334/requerimento_062-2025_-_ana_ruth_-_limpeza_em_martins_guimaraes_24-03_pades.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8335/requerimento_063-2025_-_toninho_-_limpeza_piscina_praca_esportes_-_24-03_ass.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8343/requerimento_064-2025_-_ana_ruth_-_ampliacao_da_creche_tia_maria_olivia_pades.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8344/requerimento_065-2025_-mauro_do_gas_-_wi-fi_nas_pracas_-_31-03_j.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8345/requerimento_066-2025_-_janeany_-_solicita_copia_calculos_servidores_31-03.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8346/requerimento_067-2025_-_elias_-_leilao_bens_moveis_inservivieis_31-03.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8347/requerimento_068-2025_-_joao_pedro_-_asfaltamento_de_vias_-_31-03.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8348/requerimento_069-2025_-_toninho_-_aplicabilidade_da_lei_municipal_no_4.073-20240_-_31-03.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8349/requerimento_070-2025_-_soninha-_adia_leitura_pareceres_pl_em_41-2025.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8376/requerimento_071-2025_-_joao_pedro-_cata_treco_-_07-04.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8377/requerimento_072-2025_-_toninho_-_revitalizacao_nascente_praia_-_07-04.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8379/requerimento_073-2025_-_tuty_da_borracharia_e_joao_pedro_-_portao_imovel_na_fernao_dias_7-04_padesass.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8390/requerimento_074-2025_-_janeany_-_centro_de_lazer_idosos_-_14-04.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8391/requerimento_075-2025_-_mauro_do_gas_-_parquinho_nas_creches.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8392/requerimento_076-2025_-_tuty_-_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8393/requerimento_077-2025_-_elias_motorista_-_controle_dengue_-_14-04.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8394/requerimento_078-2025_-_toninho_-_infraestrutura_quadra_santa_helena_-_14-04.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8395/requerimento_079-2025_-_ana_ruth_-_seguranca_e_protecao_em_orgaos_publicos_14-04.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8396/requerimento_080-2025_-_carla_andrade_-_ampliar_iluminacao_pub_di_14-04.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8400/requerimento_081-2025_-_carla_andrade_-_passagem_elevada_rua_angelo_perilo_-_22-04.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8401/requerimento_082-2025_-_joao_pedro_-_asfaltamento_almirante_tamandare_-_22-04.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8402/requerimento_083-2025_-_mauro_do_gas_-_castramovel_zona_rural_22-04.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8403/requerimento_084-2025_-_elias_motorista_-_mutiroes_de_cirurgias_-_22-04.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8404/requerimento_085-2025_-_tuty_-_pavimentacao_asfaltica_-_pedido_do_miro_-_22-04.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8405/requerimento_086-2025_-_toninho_-_adia_leitura_pareceres_pl_em_66-2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8414/requerimento_087-2025_-_ana_ruth_-_joao_pedro_-_tapa_buraco_28-04.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8415/requerimento_088_-2025_-_joao_pedro_-_pulseiras_de_identificacao_autismo_-_28-04.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8416/requerimento_089-2025_-_janeany_-_asfalto_-_28-04.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8417/requerimento_090-2025_-_toninho_-_asfaltamento_av_francisco_de_assis_resende_-_28-04.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8418/requerimento_091-2025_-_elias_motorista_-_rotatoria_bh.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8419/requerimento_092-2025_-_tuty-_retirada_de_substitutivo_-_plc_2-2025.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8420/requerimento_093-2025_-_soninha_-_adia_leitura_pareceres_plc_em_3-2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8424/requerimento_094_-2025_-_joao_pedro_-_limpeza_do_piscinao_-_05-05.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8425/requerimento_095-2025_-_ana_ruth_-_doacao_de_imovel_-_acadelp_-_05-05.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8426/requerimento_096-2025_-mauro_do_gas_-_academia_ao_ar_livre_-_05-05.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8427/requerimento_097-2025_-_tuty_-_faixa_de_pedestres_praia_-_05-05-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8428/requerimento_098-2025_-_toninho_da_laje_-_retira_leitura_pareceres_plc_em_3-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8441/requerimento_099-2025_-_carla_andrade_-_poda_dos_eucaliptos_na_praca_de_esportes_-_12-05.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8442/requerimento_100_-2025_-_janeany_-_poda_dos_eucaliptos_na_praca_de_esportes_-_12-05.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8443/requerimento_101_-2025_-_ana_ruth_joao_pedro_e_elias_-_quebra_molas_cemae_-_12-05.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8444/requerimento_102-2025_-_elias_motorista_-_pulseira_de_identificacao.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8445/requerimento_103-2025_-_toninho_-_av._isabel_de_castro_-_12-05.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8453/requerimento_104-2025_-_mauro_do_gas_-_asfalto_-_19-05_ass.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8454/requerimento_105-2025_-_toninho_-_transporte_escolar_escola_jacinto_campos_ii_-_19-05.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8455/requerimento_106-2025_-_tuty_-_sinalizacao_proibido_fumar_-_19-5-2025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8456/requerimento_107-2025_-_elias_motorista_-_dia_de_pagamento_do_servidor.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8457/requerimento_108-2025_-_joao_pedro_-_audiencia_direito_do_idoso_-_19-05_pades.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8467/requerimento_109-2025_-_elias_motorista_-_horta_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8468/requerimento_110-2025_-_tuty_-_agendamento_previo_de_consultas_-_26-5-2025.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8469/requerimento_111-2025_-_joao_pedro_-_conscientizacao_no_transito.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8470/requerimento_112-2025_-_mauro_do_gas_-_reforma_ubs_-_marilia.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8471/requerimento_113-2025_-_toninho_-_elias_e_tuty_-_convoca_anderson_meio_ambiente_ass.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8481/requerimento_114-2025_-_toninho_-_asfaltamento_av_francisco_de_assis_resende.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8482/requerimento_115-2025_-_tuty_-_rastreador_nos_veiculos_publicos.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8483/requerimento_116-2025_-_elias_-_maternidade.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8484/requerimento_117-2025_-_janeany_-_informacoes_sobre_as_hortas_comunitarias_-_2-6.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8503/requerimento_118-2025_-_ana_ruth_-_praca_da_capelinha_-_09-06.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8504/requerimento_119-2025_-_joao_pedro_-_tapa_buraco_e_correcao_de_infiltracoes_09-06.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8505/requerimento_120-2025_-_soninha_-_instalacao_de_semaforo_09-06.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8506/requerimento_121-2025_-_carla_andrade_-_recapeamento_av._jose_bernardes_maciel_09-06.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8507/requerimento_122-2025_-_mauro_do_gas_-_asfalto_-_09-06.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8508/requerimento_123-2025_-_toninho_-_reforma_quadra_americo_silva_-_09-06.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8512/requerimento_124-2025_-_ana_ruth_-_estatua_de_boto_-_16-06.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8513/requerimento_125_-2025_-_tuty_da_borracharia_-_banheiro_container_-_16-06.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8514/requerimento_126-2025_-_joao_pedro_-_asfaltamento_-_16-06.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8515/requerimento_127-2025_-_toninho_-_obras_praca_do_museu_-_16-06.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8521/requerimento_128-2025_-_mauro_do_gas_-_ponto_de_onibus_-_23-06.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8522/requerimento_129-2025_-_tuty_da_borracharia_e_mauro_do_gas_-_poda_de_arvores_-_23-06.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8523/requerimento_130-2025_-_joao_pedro_e_tuty_da_borracharia_-_vigilancia_sanitaria_de_lagoa_da_prata_-_23-06.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8528/requerimento_131-2025_-_joao_pedro_-_audiencia_publica_ldo_30-6.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8529/requerimento_132-_2025_-_mauro_do_gas_-_tribuna_jose_maria-_30-06.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8530/requerimento_133-2025_-_janeany_-_passagem_elevada_-_30-06.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8531/requerimento_134-2025_-_toninho_-_atendimentos_otorrino_-_30-06_j.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8537/requerimento_135-2025_-_elias_-_ferias_25_dias_uteis_07-07.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8538/requerimento_136-2025_-_janeany_-_painel_de_senha_farmacia_municipal-_07-07.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8539/requerimento_137-2025_-_toninho_-_programa_habita_lagoa_-_07-07.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8546/requerimento_138-2025_-_janeany_-_instalacao_de_lixeiras_publicas_-_14-07.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8547/requerimento_139_-_2025_-_elias_-_remocao_de_quebra-mola-_14-07.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8548/requerimento_140-2025_-_ana_ruth_e_joao_pedro_-_servidores_do_saae_-_14-07.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8549/requerimento_141-2025_-_mauro_do_gas_-_banheiro_na_praca_da_matriz_-_14-07.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8550/requerimento_142-2025_-_tuty_e_joao_pedro_-_mao_unica_na_escola_chico_rezende_-_14-07.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8551/requerimento_143-2025_-_toninho_-_area_anexa_ginasio_francelino_pereira.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8555/requerimento_144-2025_-_janeany_-_tapa-buracos_-_21-07.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8556/requerimento_145-2025_-_carla_andrade-_investimento_em_mountain_bike_e_atletismo_-_21-07.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8557/requerimento_146-2025_-_toninho_-_perfil_alunos_escola_jacinto_campos_ii.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8558/requerimento_147-2025_-_ana_ruth_e_joao_pedro_-_informacoes_educacao_-_21-7.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8559/requerimento_148-2025_-_joao_pedro_-_rodolfo_pio_-_21-07.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8576/requerimento_149-2025_-_soninha_joao_e_toninho-_mao_unica_do_museu_28-07.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8577/requerimento_150-2025_-_tuty_-_fechamento_da_rua_do_centro_de_especialidades_-_28-07.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8578/requerimento_151-2025_-_joao_pedro_e_carla_-_area_de_lazer_da_praia_municipal_-_28-07.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8579/requerimento_152_-_2025_-_janeany_-_rotatoria_e_passagem_elevada_praca_do_cruzeiro_-_28-07_ass.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8580/requerimento_153-2025_-_ana_ruth_-_fios_soltos_-_28-07.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8581/requerimento_154-2025_-_mauro_do_gas_-_joaquim_gomes_pereira_28-07.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8582/requerimento_155-2025_-_toninho_-_obras_de_revitalizacao_pracas_matriz_e_do_cruzeiro_-_28-07.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8588/requerimento_156-2025_-_elias_-__postes_chico_miranda_e_sol_nascente-_04-08_-.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8589/requerimento_157-2025_-_joao_pedro_-_escoamento_de_agua_-_04-08.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8592/requerimento_158-2025_-_janeany_-_recapeamento_-_04-08.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8593/requerimento_159-2025_-_tuty_-_retirada_de_pauta__-_04-08_-_ass.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8594/requerimento_160-2025_-_toninho_da_laje_-_retira_leitura_pareceres_pl_em_140-141-147-2025.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8603/requerimento_161-2025_-_tuty_-_sinalizacoes_horizontais_-_11-08_ass.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8604/requerimento_162-2025_-_mauro_do_gas_-_praca_alfredo_bernardes_11-08_ass.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8605/requerimento_163-2025-_todos_-_doacao_de_lote_a_asap_-_11-08_ass.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8606/requerimento_164-2025_-_janeany_-_instalacao_de_semafaros_-_11-08_ass.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8613/requerimento_165-2025_-_tuty_-_despejo_irregular_de_aguas_residuais_-_18-08.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8614/requerimento_166-2025_-_ana_ruth_-_praca_do_cruzeiro_-_18-08.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8615/requerimento_167-2025_-_joao_pedro_e_soninha_-_rebaixamento_de_rede_-_18-08.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8616/requerimento_168-2025_-_janeany_-_calcadas_-_18-08.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8617/requerimento_169-2025_-_carla_andrade-_escola_de_futebol_-_redutor_de_velocidade_-_18-08.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8618/requerimento_170-2025_-_mauro_do_gas_-_recapeamento_-_18.08.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8619/requerimento_171-2025_-_toninho_-_triturador_de_galhos_-_18-08.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8620/requerimento_172-2025_-_soninha_e_joao_pedro_-_audiencia_publica_do_agro-_18-08.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8626/requerimento_173-2025_-_elias_-__pracas_no_bairro_paradiso_-25-08_-.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8627/requerimento_174-_2025_-_janeany-_remocao_de_quebra-mola-_25-08.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8628/requerimento_175-2025_-_ana_ruth_-_adicionar_libras_na_grade_curricular__-25-08_-.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8629/requerimento_176-2025_-_mauro_do_gas_-_redutor_de_velocidade_-_25-08.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8631/requerimento_177-2025_-_joao_pedro_-_queima_da_turva_-_25-08.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8632/requerimento_178-2025_-_tuty_-_questionamentos_sobre_obras_-_25-8.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8645/requerimento_179-2025_-_soninha_-_janeany_-_solicita_oficio_homenagem_ao_preto_-_01-09.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8646/requerimento_180-2025_-_joao_pedro_-_cobranca_requerimento_111_-_01-09.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8647/requerimento_181-2025_-_carla_andrade_-_solicita_oficio_parabenizando_raizen_e_outros_-_1-9-2025.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8648/requerimento_182-2025_-_mauro_do_gas_-_redutor_de_velocidade_-_25-08.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8649/requerimento_183-2025_-_toninho_-_reducao_quebra-molas_av._bela_vista_-_01-09.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8650/requerimento_184-2025_-_janeany_-_oitiva_sergio_tobias_-_01-09.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8651/requerimento_185-2025_-_tuty_-_retirada_de_emenda_-_pl_156-2025.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8666/requerimento_186-2025_-_tuty_-_laudo_tecnico_-_08-09.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8667/requerimento_187-2025_-_janeany_-_interdicao_na_rua_da_feirinha__-_08-09.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8669/requerimento_188-2025_-_toninho_-__faixa_de_pedestres_getulio_vargas_-_08-09.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8668/requerimento_189-2025_-_joao_pedro_-_reforma_na_praca_dona_zaza_08-09.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8674/requerimento_190-2025_-_janeany_-_aula_de_zumba__-_15-09.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8675/requerimento_191-2025_-_carla_andrade_-_olho_vivo_-_15-09.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8676/requerimento_192-2025_-_tuty_e_janeany_-_creche_-_15-09.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8677/requerimento_193-2025_-_soninha_e_outros_-_aparelho_de_glicose_-_15-09.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8678/requerimento_194-2025_-_joao_pedro_e_tuty_-_avaliacao_terreno_turfa_-_15-09.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8679/requerimento_195-2025_-_toninho_-_prestacao_contas_fundacao_sao_carlos_-_15-09.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8680/requerimento_196-2025_-_ana_ruth_-_retira_leitura_pareceres_pl_em_179-2025_ass.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8686/requerimento_197-2025_-_mauro_ana_e_tuty-_grampeacao_de_rede_-_22-09.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8687/requerimento_198-2025_-__tuty_e_toninho_-_limpeza_da_praia_municipal_-_22-09.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8688/requerimento_199-2025_-__joao_pedro_tuty_e_toninho_-_melhorias_no_bairro_cidade_nova_-_22-09.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8696/requerimento_200-2025_-_elias_-_empocamento_-_29-09.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8697/requerimento_201-2025_-_ana_ruth_-_carreta_da_alegria_no_dia_dos_idosos__-29-09_-.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8698/requerimento_202-2025_-_joao_pedro_-_passagem_elevada_-_29-09.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8699/requerimento_203-2025_-__tuty_toninho_e_janeany_-_vagas_em_concurso_publico__-_29-09.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8700/requerimento_204-2025_-_tuty_e_demais_vereadores_-_der_-_29-09.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8701/requerimento_205-2025_-_janeany_-_interdicao_da_av_jose_bernardes_maciel_-.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8706/requerimento_206-2025_-_joao_pedro_-_pista_de_corrida_-_06-10.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8707/requerimento_207-2025_-_tuty_-_praca_dona_dodora.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8708/requerimento_208-2025_-_ana_ruth_-_audiencia_publica_sobre_dia_da_consciencia_negra_06-10.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8709/requerimento_209-2025_-_toninho_-_audiencia_transito_-_06-10.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8713/requerimento_210-2025_-_janeany-_tapa-buracos_-_13-10.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8714/requerimento_211-2025_-_joao_pedro_-asfaltamento_da_garagem_da_prefeitura_-_13-10.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8715/requerimento_212-2025_-_mauro_-__faixa_de_pedestres_-_av_brasil_-_13-10.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8716/requerimento_213-2025_-_ana_ruth_-_academia_na_praca_jose_goncalves_paulino_13-10.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8717/requerimento_214-2025_-_carla_andrade_-_audiencia_outubro_rosa_-_13-10.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8718/requerimento_215-2025_-_soninha_-_adia_leitura_pareceres_plc_em_6-2025.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8725/requerimento_216-2025_-_ana_ruth_-_solicitacao_de_estudo_de_gestao_de_risco_mapeamento_de_areas_de_inundacao_e_plano_de_seguranca_comunitaria_-_20-10.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8726/requerimento_217-2025_-_mauro_do_gas_-_reforma_da_praca_coronel_luciano_-_20-10.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8727/requerimento_218-2025_-toninho_-_audiencia_publica_causa_animal_-_20-10-2025.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8728/requerimento_219-2025_-_carla_andrade_-_audiencia_novembro_azul_-_20-10.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8737/requerimento_220-2025_-_carla_andrade_-_pedir_calcada_para_pratica_atividade_fisica_-_27-10.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8738/requerimento_221-2025_-_mauro_do_gas_-_redutor_de_velocidade_praca_dos_congadeiros_-_27-10.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8739/requerimento_222-2025_-toninho_e_outros-_convoca_diretor_saae_-_27-10.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8747/requerimento_223-2025_-_ana_ruth_-_convenio_com_o_detran_-_05-11.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8748/requerimento_224-2025_-_carla_andrade_-_redutor_de_velocidade_rua_barao_do_rio_branco_-_10-11.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8749/requerimento_225-2025_-toninho_-_reforma_quadra_n.s.gracas_-_05-11.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8750/requerimento_226-2025_-_tuty_-_situacao_dos_imoveis_no_distrito_industrial.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8752/requerimento_227-2025_-_tuty_-_pintura_de_depressoes__-_10-11_--.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8753/requerimento_228-2025_-_ana_ruth_-_ativacao_do_compir.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8754/requerimento_229-2025_-_mauro_do_gas_-substituicao_dos_bebedouros_da_ubs_do_sol_nascente__-_10-11.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8755/requerimento_230-2025_-__joao_pedro_-_audiencia_publica_ldo_10-11.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8758/requerimento_231-2025_-_soninha_-_reforma_na_praca_de_esportes_-_17-11.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8759/requerimento_232-2025_-_joao_tuty_e_toninho_-_mao_unica_na_av_benedito_valadares_e_27_de_dezembro_--_17-11.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8760/requerimento_233-2025_-janeany_-tercerizacao_do_atendimento_da_farmacia_popular-_17-11.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8764/requerimento_234-2025_-janeany_-_calcada_rua_olegario_maciel_-_24-11-25.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8765/requerimento_235-2025_-_carla_andrade_-_asfalto_-_24-11-25.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8766/requerimento_236-2025_-toninho_e_outros_-_demandas_audiencia_transito_-_24-11.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8767/requerimento_237-2025_-_ana_ruth_-_perimetro_urbano_distrito_martins_guimaraes_-_24-11.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8772/requerimento_238-2025_-_soninha_-_quebra-molas_americo_silva_-_01-12.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8773/requerimento_239-2025_-_tuty_-_aterro_sanitario__-_01-12_--.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8774/requerimento_240-2025_-_toninho_-_pavimentacao_rua_maranhao_-_01-12.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8777/requerimento_241-2025_-_elias_e_soninha_-_aumento_dos_horarios_do_transporte_publico_-_08-12.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8778/requerimento_242-2025_-ana_ruth_elias_e_joao_pedro_-_entrada_solidaria_-_08-12.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8779/requerimento_243-2025_-_joao_pedro_-_praca_dona_zaza_-_08-12.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8780/requerimento_244-2025_-_tuty_da_borracharia_-_rotatoria_-_08-12.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8781/requerimento_245-2025_-_mauro_do_gas_-_asfalto_via_de_martins_guimaraes_-_08-12.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8782/requerimento_246-2025_-_toninho_-_chuveiro_na_praia_-_08-12.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8789/requerimento_247-2025_-janeany_-_informacoes_sobre_o_concurso_-_15-12-25.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8790/requerimento_248-2025_-_joao_pedro_-_placa_no_viveiro_do_jacinto_-_15-12-25.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8358/projeto_de_decreto_legislativo_no_001-2025_-_mesa_diretora_-_autoriza_acordo_coop_tec_policia_civil_-_posto_identificacao.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8681/parecer.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8326/oficio_no_086-2025_-_camara_municipal_solicita_retirada_projeto_de_lei_de_tramitacao_-_projeto_de_lei_no_037-2025_-_cs_r_150.00000.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8406/oficio_no_114-2025_-_camara_municipal_-_solicita_retirada_projetos_de_lei_de_tramitacao_projetos_no_066_070_e_072-2025_-_versao_final.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8413/oficio_no_125-2025_-_camara_municipal_solicita_retirada_projeto_de_lei_de_tramitacao_-_projeto_de_lei_no_075-2025_-_contrato_bdmg.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/sapl/public/materialegislativa/2025/8769/oficio_no_455-2025_-_camara_municipal_solicita_retirada_projeto_de_lei_de_tramitacao_pl_no_147-2025_autoriza_conceder_subvencao_-_r_550.00000.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaprata.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H545"/>
+  <dimension ref="A1:H586"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="109.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="233.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -8534,11858 +9010,12921 @@
       </c>
       <c r="D90" t="s">
         <v>278</v>
       </c>
       <c r="E90" t="s">
         <v>279</v>
       </c>
       <c r="F90" t="s">
         <v>18</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>341</v>
       </c>
       <c r="H90" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>343</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>10</v>
+        <v>168</v>
       </c>
       <c r="D91" t="s">
-        <v>344</v>
+        <v>278</v>
       </c>
       <c r="E91" t="s">
-        <v>345</v>
+        <v>279</v>
       </c>
       <c r="F91" t="s">
         <v>37</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="H91" t="s">
-        <v>86</v>
+        <v>345</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>346</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>172</v>
+      </c>
+      <c r="D92" t="s">
+        <v>278</v>
+      </c>
+      <c r="E92" t="s">
+        <v>279</v>
+      </c>
+      <c r="F92" t="s">
+        <v>81</v>
+      </c>
+      <c r="G92" s="1" t="s">
         <v>347</v>
       </c>
-      <c r="B92" t="s">
-[...11 lines deleted...]
-      <c r="F92" t="s">
+      <c r="H92" t="s">
         <v>348</v>
-      </c>
-[...4 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>349</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>177</v>
+      </c>
+      <c r="D93" t="s">
+        <v>278</v>
+      </c>
+      <c r="E93" t="s">
+        <v>279</v>
+      </c>
+      <c r="F93" t="s">
+        <v>23</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="H93" t="s">
         <v>351</v>
-      </c>
-[...19 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>352</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>181</v>
+      </c>
+      <c r="D94" t="s">
+        <v>278</v>
+      </c>
+      <c r="E94" t="s">
+        <v>279</v>
+      </c>
+      <c r="F94" t="s">
+        <v>100</v>
+      </c>
+      <c r="G94" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="B94" t="s">
-[...14 lines deleted...]
-      <c r="G94" s="1" t="s">
+      <c r="H94" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>355</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>185</v>
+      </c>
+      <c r="D95" t="s">
+        <v>278</v>
+      </c>
+      <c r="E95" t="s">
+        <v>279</v>
+      </c>
+      <c r="F95" t="s">
+        <v>77</v>
+      </c>
+      <c r="G95" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="B95" t="s">
-[...14 lines deleted...]
-      <c r="G95" s="1" t="s">
+      <c r="H95" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>358</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>36</v>
+        <v>189</v>
       </c>
       <c r="D96" t="s">
-        <v>344</v>
+        <v>278</v>
       </c>
       <c r="E96" t="s">
-        <v>345</v>
+        <v>279</v>
       </c>
       <c r="F96" t="s">
-        <v>81</v>
+        <v>23</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>359</v>
       </c>
       <c r="H96" t="s">
-        <v>96</v>
+        <v>360</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="D97" t="s">
-        <v>344</v>
+        <v>362</v>
       </c>
       <c r="E97" t="s">
-        <v>345</v>
+        <v>363</v>
       </c>
       <c r="F97" t="s">
         <v>37</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="H97" t="s">
-        <v>362</v>
+        <v>86</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>365</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>17</v>
+      </c>
+      <c r="D98" t="s">
+        <v>362</v>
+      </c>
+      <c r="E98" t="s">
         <v>363</v>
-      </c>
-[...10 lines deleted...]
-        <v>365</v>
       </c>
       <c r="F98" t="s">
         <v>366</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>367</v>
       </c>
       <c r="H98" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>369</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D99" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="E99" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="F99" t="s">
-        <v>366</v>
+        <v>28</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>370</v>
       </c>
       <c r="H99" t="s">
-        <v>371</v>
+        <v>86</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D100" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="E100" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="F100" t="s">
         <v>366</v>
       </c>
       <c r="G100" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="H100" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>374</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>32</v>
+      </c>
+      <c r="D101" t="s">
+        <v>362</v>
+      </c>
+      <c r="E101" t="s">
+        <v>363</v>
+      </c>
+      <c r="F101" t="s">
+        <v>324</v>
+      </c>
+      <c r="G101" s="1" t="s">
         <v>375</v>
       </c>
-      <c r="B101" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H101" t="s">
-        <v>377</v>
+        <v>96</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D102" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="E102" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="F102" t="s">
-        <v>366</v>
+        <v>81</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="H102" t="s">
-        <v>380</v>
+        <v>96</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>378</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>41</v>
+      </c>
+      <c r="D103" t="s">
+        <v>362</v>
+      </c>
+      <c r="E103" t="s">
+        <v>363</v>
+      </c>
+      <c r="F103" t="s">
+        <v>379</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="H103" t="s">
         <v>381</v>
-      </c>
-[...19 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>382</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>10</v>
+      </c>
+      <c r="D104" t="s">
+        <v>383</v>
+      </c>
+      <c r="E104" t="s">
         <v>384</v>
       </c>
-      <c r="B104" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F104" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="H104" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D105" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="E105" t="s">
+        <v>384</v>
+      </c>
+      <c r="F105" t="s">
+        <v>385</v>
+      </c>
+      <c r="G105" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="F105" t="s">
-[...2 lines deleted...]
-      <c r="G105" s="1" t="s">
+      <c r="H105" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>391</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>22</v>
+      </c>
+      <c r="D106" t="s">
+        <v>383</v>
+      </c>
+      <c r="E106" t="s">
+        <v>384</v>
+      </c>
+      <c r="F106" t="s">
+        <v>385</v>
+      </c>
+      <c r="G106" s="1" t="s">
         <v>392</v>
       </c>
-      <c r="B106" t="s">
-[...14 lines deleted...]
-      <c r="G106" s="1" t="s">
+      <c r="H106" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
+        <v>394</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>27</v>
+      </c>
+      <c r="D107" t="s">
+        <v>383</v>
+      </c>
+      <c r="E107" t="s">
+        <v>384</v>
+      </c>
+      <c r="F107" t="s">
+        <v>385</v>
+      </c>
+      <c r="G107" s="1" t="s">
         <v>395</v>
       </c>
-      <c r="B107" t="s">
-[...14 lines deleted...]
-      <c r="G107" s="1" t="s">
+      <c r="H107" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>397</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>32</v>
+      </c>
+      <c r="D108" t="s">
+        <v>383</v>
+      </c>
+      <c r="E108" t="s">
+        <v>384</v>
+      </c>
+      <c r="F108" t="s">
+        <v>385</v>
+      </c>
+      <c r="G108" s="1" t="s">
         <v>398</v>
       </c>
-      <c r="B108" t="s">
-[...14 lines deleted...]
-      <c r="G108" s="1" t="s">
+      <c r="H108" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>400</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>36</v>
+      </c>
+      <c r="D109" t="s">
+        <v>383</v>
+      </c>
+      <c r="E109" t="s">
+        <v>384</v>
+      </c>
+      <c r="F109" t="s">
+        <v>385</v>
+      </c>
+      <c r="G109" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="B109" t="s">
-[...14 lines deleted...]
-      <c r="G109" s="1" t="s">
+      <c r="H109" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
+        <v>403</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>41</v>
+      </c>
+      <c r="D110" t="s">
+        <v>383</v>
+      </c>
+      <c r="E110" t="s">
+        <v>384</v>
+      </c>
+      <c r="F110" t="s">
+        <v>385</v>
+      </c>
+      <c r="G110" s="1" t="s">
         <v>404</v>
       </c>
-      <c r="B110" t="s">
-[...14 lines deleted...]
-      <c r="G110" s="1" t="s">
+      <c r="H110" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
+        <v>406</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>10</v>
+      </c>
+      <c r="D111" t="s">
         <v>407</v>
       </c>
-      <c r="B111" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E111" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F111" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="H111" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="D112" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E112" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F112" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="H112" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="D113" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E113" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F113" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="H113" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="D114" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E114" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F114" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="H114" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>58</v>
+        <v>32</v>
       </c>
       <c r="D115" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E115" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F115" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="H115" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>62</v>
+        <v>36</v>
       </c>
       <c r="D116" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E116" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F116" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="H116" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>66</v>
+        <v>41</v>
       </c>
       <c r="D117" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E117" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F117" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="H117" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>71</v>
+        <v>45</v>
       </c>
       <c r="D118" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E118" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F118" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="H118" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>144</v>
+        <v>49</v>
       </c>
       <c r="D119" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E119" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F119" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="H119" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>148</v>
+        <v>54</v>
       </c>
       <c r="D120" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E120" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F120" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="H120" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>152</v>
+        <v>58</v>
       </c>
       <c r="D121" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E121" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F121" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="H121" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>156</v>
+        <v>62</v>
       </c>
       <c r="D122" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E122" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F122" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="H122" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>160</v>
+        <v>66</v>
       </c>
       <c r="D123" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E123" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F123" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="H123" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>164</v>
+        <v>71</v>
       </c>
       <c r="D124" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E124" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F124" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="H124" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>168</v>
+        <v>144</v>
       </c>
       <c r="D125" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E125" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F125" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="H125" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>172</v>
+        <v>148</v>
       </c>
       <c r="D126" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E126" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F126" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="H126" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>177</v>
+        <v>152</v>
       </c>
       <c r="D127" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E127" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F127" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="H127" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>181</v>
+        <v>156</v>
       </c>
       <c r="D128" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E128" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F128" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="H128" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>185</v>
+        <v>160</v>
       </c>
       <c r="D129" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E129" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F129" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="H129" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>189</v>
+        <v>164</v>
       </c>
       <c r="D130" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E130" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F130" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="H130" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>193</v>
+        <v>168</v>
       </c>
       <c r="D131" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E131" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F131" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="H131" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>197</v>
+        <v>172</v>
       </c>
       <c r="D132" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E132" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F132" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="H132" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>201</v>
+        <v>177</v>
       </c>
       <c r="D133" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E133" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F133" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="H133" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>205</v>
+        <v>181</v>
       </c>
       <c r="D134" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E134" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F134" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="H134" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>209</v>
+        <v>185</v>
       </c>
       <c r="D135" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E135" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F135" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="H135" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>213</v>
+        <v>189</v>
       </c>
       <c r="D136" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E136" t="s">
-        <v>389</v>
+        <v>408</v>
+      </c>
+      <c r="F136" t="s">
+        <v>385</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="H136" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>217</v>
+        <v>193</v>
       </c>
       <c r="D137" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E137" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F137" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="H137" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>221</v>
+        <v>197</v>
       </c>
       <c r="D138" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E138" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F138" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="H138" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>225</v>
+        <v>201</v>
       </c>
       <c r="D139" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E139" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F139" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="H139" t="s">
-        <v>472</v>
+        <v>494</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>229</v>
+        <v>205</v>
       </c>
       <c r="D140" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E140" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F140" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="H140" t="s">
-        <v>472</v>
+        <v>497</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>233</v>
+        <v>209</v>
       </c>
       <c r="D141" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E141" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F141" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="H141" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>237</v>
+        <v>213</v>
       </c>
       <c r="D142" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E142" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-        <v>366</v>
+        <v>408</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="H142" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>241</v>
+        <v>217</v>
       </c>
       <c r="D143" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E143" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F143" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="H143" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>505</v>
+        <v>221</v>
       </c>
       <c r="D144" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E144" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F144" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="H144" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>509</v>
+        <v>225</v>
       </c>
       <c r="D145" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E145" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F145" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="H145" t="s">
-        <v>511</v>
+        <v>491</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>512</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
+        <v>229</v>
+      </c>
+      <c r="D146" t="s">
+        <v>407</v>
+      </c>
+      <c r="E146" t="s">
+        <v>408</v>
+      </c>
+      <c r="F146" t="s">
+        <v>385</v>
+      </c>
+      <c r="G146" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="D146" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H146" t="s">
-        <v>515</v>
+        <v>491</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
+        <v>514</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>233</v>
+      </c>
+      <c r="D147" t="s">
+        <v>407</v>
+      </c>
+      <c r="E147" t="s">
+        <v>408</v>
+      </c>
+      <c r="F147" t="s">
+        <v>385</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="H147" t="s">
         <v>516</v>
-      </c>
-[...19 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>521</v>
+        <v>237</v>
       </c>
       <c r="D148" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E148" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F148" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="H148" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>525</v>
+        <v>241</v>
       </c>
       <c r="D149" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E149" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F149" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="H149" t="s">
-        <v>527</v>
+        <v>522</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>528</v>
+        <v>523</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>529</v>
+        <v>524</v>
       </c>
       <c r="D150" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E150" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F150" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>530</v>
+        <v>525</v>
       </c>
       <c r="H150" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>532</v>
+        <v>527</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="D151" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E151" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F151" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>534</v>
+        <v>529</v>
       </c>
       <c r="H151" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
       <c r="D152" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E152" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F152" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>538</v>
+        <v>533</v>
       </c>
       <c r="H152" t="s">
-        <v>539</v>
+        <v>534</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>540</v>
+        <v>535</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>541</v>
+        <v>536</v>
       </c>
       <c r="D153" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E153" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F153" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>542</v>
+        <v>537</v>
       </c>
       <c r="H153" t="s">
-        <v>543</v>
+        <v>538</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>545</v>
+        <v>540</v>
       </c>
       <c r="D154" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E154" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F154" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="H154" t="s">
-        <v>547</v>
+        <v>542</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>548</v>
+        <v>543</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>549</v>
+        <v>544</v>
       </c>
       <c r="D155" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E155" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F155" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>550</v>
+        <v>545</v>
       </c>
       <c r="H155" t="s">
-        <v>551</v>
+        <v>546</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>553</v>
+        <v>548</v>
       </c>
       <c r="D156" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E156" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F156" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="H156" t="s">
-        <v>555</v>
+        <v>550</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>556</v>
+        <v>551</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>557</v>
+        <v>552</v>
       </c>
       <c r="D157" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E157" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F157" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>558</v>
+        <v>553</v>
       </c>
       <c r="H157" t="s">
-        <v>472</v>
+        <v>554</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>560</v>
+        <v>556</v>
       </c>
       <c r="D158" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E158" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F158" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
       <c r="H158" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>564</v>
+        <v>560</v>
       </c>
       <c r="D159" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E159" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F159" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="H159" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>568</v>
+        <v>564</v>
       </c>
       <c r="D160" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E160" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F160" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="H160" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>571</v>
+        <v>567</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>572</v>
+        <v>568</v>
       </c>
       <c r="D161" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E161" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F161" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>573</v>
+        <v>569</v>
       </c>
       <c r="H161" t="s">
-        <v>574</v>
+        <v>570</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>575</v>
+        <v>571</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="D162" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E162" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F162" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="H162" t="s">
-        <v>578</v>
+        <v>574</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>579</v>
+        <v>575</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="D163" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E163" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F163" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="H163" t="s">
-        <v>582</v>
+        <v>491</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>584</v>
+        <v>579</v>
       </c>
       <c r="D164" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E164" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F164" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="H164" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="D165" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E165" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F165" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>589</v>
+        <v>584</v>
       </c>
       <c r="H165" t="s">
-        <v>590</v>
+        <v>585</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>591</v>
+        <v>586</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>592</v>
+        <v>587</v>
       </c>
       <c r="D166" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E166" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F166" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>593</v>
+        <v>588</v>
       </c>
       <c r="H166" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>595</v>
+        <v>590</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>596</v>
+        <v>591</v>
       </c>
       <c r="D167" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E167" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F167" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>597</v>
+        <v>592</v>
       </c>
       <c r="H167" t="s">
-        <v>598</v>
+        <v>593</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>599</v>
+        <v>594</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>600</v>
+        <v>595</v>
       </c>
       <c r="D168" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E168" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F168" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>601</v>
+        <v>596</v>
       </c>
       <c r="H168" t="s">
-        <v>602</v>
+        <v>597</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>603</v>
+        <v>598</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
       <c r="D169" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E169" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F169" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>605</v>
+        <v>600</v>
       </c>
       <c r="H169" t="s">
-        <v>606</v>
+        <v>601</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>607</v>
+        <v>602</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>608</v>
+        <v>603</v>
       </c>
       <c r="D170" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E170" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F170" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>609</v>
+        <v>604</v>
       </c>
       <c r="H170" t="s">
-        <v>610</v>
+        <v>605</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>611</v>
+        <v>606</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>612</v>
+        <v>607</v>
       </c>
       <c r="D171" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E171" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F171" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>613</v>
+        <v>608</v>
       </c>
       <c r="H171" t="s">
-        <v>614</v>
+        <v>609</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>615</v>
+        <v>610</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>616</v>
+        <v>611</v>
       </c>
       <c r="D172" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E172" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F172" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>617</v>
+        <v>612</v>
       </c>
       <c r="H172" t="s">
-        <v>618</v>
+        <v>613</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>619</v>
+        <v>614</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>620</v>
+        <v>615</v>
       </c>
       <c r="D173" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E173" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F173" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>621</v>
+        <v>616</v>
       </c>
       <c r="H173" t="s">
-        <v>622</v>
+        <v>617</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>623</v>
+        <v>618</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>624</v>
+        <v>619</v>
       </c>
       <c r="D174" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E174" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F174" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>625</v>
+        <v>620</v>
       </c>
       <c r="H174" t="s">
-        <v>626</v>
+        <v>621</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>627</v>
+        <v>622</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>628</v>
+        <v>623</v>
       </c>
       <c r="D175" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E175" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F175" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="H175" t="s">
-        <v>630</v>
+        <v>625</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>631</v>
+        <v>626</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>632</v>
+        <v>627</v>
       </c>
       <c r="D176" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E176" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F176" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>633</v>
+        <v>628</v>
       </c>
       <c r="H176" t="s">
-        <v>634</v>
+        <v>629</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>635</v>
+        <v>630</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>636</v>
+        <v>631</v>
       </c>
       <c r="D177" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E177" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F177" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>637</v>
+        <v>632</v>
       </c>
       <c r="H177" t="s">
-        <v>638</v>
+        <v>633</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>639</v>
+        <v>634</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>640</v>
+        <v>635</v>
       </c>
       <c r="D178" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E178" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F178" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>641</v>
+        <v>636</v>
       </c>
       <c r="H178" t="s">
-        <v>642</v>
+        <v>637</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>643</v>
+        <v>638</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>644</v>
+        <v>639</v>
       </c>
       <c r="D179" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E179" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F179" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>645</v>
+        <v>640</v>
       </c>
       <c r="H179" t="s">
-        <v>646</v>
+        <v>641</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>647</v>
+        <v>642</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>648</v>
+        <v>643</v>
       </c>
       <c r="D180" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E180" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F180" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>649</v>
+        <v>644</v>
       </c>
       <c r="H180" t="s">
-        <v>472</v>
+        <v>645</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>650</v>
+        <v>646</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>651</v>
+        <v>647</v>
       </c>
       <c r="D181" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E181" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F181" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>652</v>
+        <v>648</v>
       </c>
       <c r="H181" t="s">
-        <v>472</v>
+        <v>649</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>650</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>651</v>
+      </c>
+      <c r="D182" t="s">
+        <v>407</v>
+      </c>
+      <c r="E182" t="s">
+        <v>408</v>
+      </c>
+      <c r="F182" t="s">
+        <v>385</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="H182" t="s">
         <v>653</v>
-      </c>
-[...19 lines deleted...]
-        <v>656</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
+        <v>654</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>655</v>
+      </c>
+      <c r="D183" t="s">
+        <v>407</v>
+      </c>
+      <c r="E183" t="s">
+        <v>408</v>
+      </c>
+      <c r="F183" t="s">
+        <v>385</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H183" t="s">
         <v>657</v>
-      </c>
-[...19 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
+        <v>658</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>659</v>
+      </c>
+      <c r="D184" t="s">
+        <v>407</v>
+      </c>
+      <c r="E184" t="s">
+        <v>408</v>
+      </c>
+      <c r="F184" t="s">
+        <v>385</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="H184" t="s">
         <v>661</v>
-      </c>
-[...19 lines deleted...]
-        <v>664</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
+        <v>662</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>663</v>
+      </c>
+      <c r="D185" t="s">
+        <v>407</v>
+      </c>
+      <c r="E185" t="s">
+        <v>408</v>
+      </c>
+      <c r="F185" t="s">
+        <v>385</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="H185" t="s">
         <v>665</v>
-      </c>
-[...19 lines deleted...]
-        <v>668</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>669</v>
+        <v>666</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="D186" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E186" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F186" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>671</v>
+        <v>668</v>
       </c>
       <c r="H186" t="s">
-        <v>672</v>
+        <v>491</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>674</v>
+        <v>670</v>
       </c>
       <c r="D187" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E187" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F187" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>675</v>
+        <v>671</v>
       </c>
       <c r="H187" t="s">
-        <v>676</v>
+        <v>491</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>677</v>
+        <v>672</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>678</v>
+        <v>673</v>
       </c>
       <c r="D188" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E188" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F188" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>679</v>
+        <v>674</v>
       </c>
       <c r="H188" t="s">
-        <v>680</v>
+        <v>675</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>681</v>
+        <v>676</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>682</v>
+        <v>677</v>
       </c>
       <c r="D189" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E189" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F189" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>683</v>
+        <v>678</v>
       </c>
       <c r="H189" t="s">
-        <v>684</v>
+        <v>679</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>685</v>
+        <v>680</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>686</v>
+        <v>681</v>
       </c>
       <c r="D190" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E190" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F190" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>687</v>
+        <v>682</v>
       </c>
       <c r="H190" t="s">
-        <v>688</v>
+        <v>683</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>689</v>
+        <v>684</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>690</v>
+        <v>685</v>
       </c>
       <c r="D191" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E191" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F191" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="H191" t="s">
-        <v>692</v>
+        <v>687</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>693</v>
+        <v>688</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>694</v>
+        <v>689</v>
       </c>
       <c r="D192" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E192" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F192" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>695</v>
+        <v>690</v>
       </c>
       <c r="H192" t="s">
-        <v>445</v>
+        <v>691</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>696</v>
+        <v>692</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>697</v>
+        <v>693</v>
       </c>
       <c r="D193" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E193" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F193" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="H193" t="s">
-        <v>699</v>
+        <v>695</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>700</v>
+        <v>696</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>701</v>
+        <v>697</v>
       </c>
       <c r="D194" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E194" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F194" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>702</v>
+        <v>698</v>
       </c>
       <c r="H194" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="D195" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E195" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F195" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="H195" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="D196" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E196" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F196" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="H196" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="D197" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E197" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F197" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="H197" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="D198" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E198" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F198" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="H198" t="s">
-        <v>719</v>
+        <v>464</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>720</v>
+        <v>715</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>721</v>
+        <v>716</v>
       </c>
       <c r="D199" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E199" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F199" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>722</v>
+        <v>717</v>
       </c>
       <c r="H199" t="s">
-        <v>723</v>
+        <v>718</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>724</v>
+        <v>719</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>725</v>
+        <v>720</v>
       </c>
       <c r="D200" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E200" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F200" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>726</v>
+        <v>721</v>
       </c>
       <c r="H200" t="s">
-        <v>727</v>
+        <v>722</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>728</v>
+        <v>723</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>729</v>
+        <v>724</v>
       </c>
       <c r="D201" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E201" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F201" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>730</v>
+        <v>725</v>
       </c>
       <c r="H201" t="s">
-        <v>731</v>
+        <v>726</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>732</v>
+        <v>727</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
       <c r="D202" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E202" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F202" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>734</v>
+        <v>729</v>
       </c>
       <c r="H202" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>736</v>
+        <v>731</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>737</v>
+        <v>732</v>
       </c>
       <c r="D203" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E203" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F203" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>738</v>
+        <v>733</v>
       </c>
       <c r="H203" t="s">
-        <v>739</v>
+        <v>734</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>740</v>
+        <v>735</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>741</v>
+        <v>736</v>
       </c>
       <c r="D204" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E204" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F204" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>742</v>
+        <v>737</v>
       </c>
       <c r="H204" t="s">
-        <v>743</v>
+        <v>738</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>744</v>
+        <v>739</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="D205" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E205" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F205" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>746</v>
+        <v>741</v>
       </c>
       <c r="H205" t="s">
-        <v>472</v>
+        <v>742</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>747</v>
+        <v>743</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>748</v>
+        <v>744</v>
       </c>
       <c r="D206" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E206" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F206" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>749</v>
+        <v>745</v>
       </c>
       <c r="H206" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="D207" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E207" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F207" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>753</v>
+        <v>749</v>
       </c>
       <c r="H207" t="s">
-        <v>754</v>
+        <v>750</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>755</v>
+        <v>751</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>756</v>
+        <v>752</v>
       </c>
       <c r="D208" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E208" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F208" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>757</v>
+        <v>753</v>
       </c>
       <c r="H208" t="s">
-        <v>758</v>
+        <v>754</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>759</v>
+        <v>755</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>760</v>
+        <v>756</v>
       </c>
       <c r="D209" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E209" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F209" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>761</v>
+        <v>757</v>
       </c>
       <c r="H209" t="s">
-        <v>472</v>
+        <v>758</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
+        <v>759</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>760</v>
+      </c>
+      <c r="D210" t="s">
+        <v>407</v>
+      </c>
+      <c r="E210" t="s">
+        <v>408</v>
+      </c>
+      <c r="F210" t="s">
+        <v>385</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="H210" t="s">
         <v>762</v>
-      </c>
-[...19 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
+        <v>763</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>764</v>
+      </c>
+      <c r="D211" t="s">
+        <v>407</v>
+      </c>
+      <c r="E211" t="s">
+        <v>408</v>
+      </c>
+      <c r="F211" t="s">
+        <v>385</v>
+      </c>
+      <c r="G211" s="1" t="s">
         <v>765</v>
       </c>
-      <c r="B211" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H211" t="s">
-        <v>472</v>
+        <v>491</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
+        <v>766</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>767</v>
+      </c>
+      <c r="D212" t="s">
+        <v>407</v>
+      </c>
+      <c r="E212" t="s">
+        <v>408</v>
+      </c>
+      <c r="F212" t="s">
+        <v>385</v>
+      </c>
+      <c r="G212" s="1" t="s">
         <v>768</v>
       </c>
-      <c r="B212" t="s">
-[...2 lines deleted...]
-      <c r="C212" t="s">
+      <c r="H212" t="s">
         <v>769</v>
-      </c>
-[...13 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
+        <v>770</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
         <v>771</v>
       </c>
-      <c r="B213" t="s">
-[...2 lines deleted...]
-      <c r="C213" t="s">
+      <c r="D213" t="s">
+        <v>407</v>
+      </c>
+      <c r="E213" t="s">
+        <v>408</v>
+      </c>
+      <c r="F213" t="s">
+        <v>385</v>
+      </c>
+      <c r="G213" s="1" t="s">
         <v>772</v>
       </c>
-      <c r="D213" t="s">
-[...8 lines deleted...]
-      <c r="G213" s="1" t="s">
+      <c r="H213" t="s">
         <v>773</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>774</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
         <v>775</v>
       </c>
       <c r="D214" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E214" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F214" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>776</v>
       </c>
       <c r="H214" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>778</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
         <v>779</v>
       </c>
       <c r="D215" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E215" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F215" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>780</v>
       </c>
       <c r="H215" t="s">
-        <v>781</v>
+        <v>491</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
+        <v>781</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
         <v>782</v>
       </c>
-      <c r="B216" t="s">
-[...2 lines deleted...]
-      <c r="C216" t="s">
+      <c r="D216" t="s">
+        <v>407</v>
+      </c>
+      <c r="E216" t="s">
+        <v>408</v>
+      </c>
+      <c r="F216" t="s">
+        <v>385</v>
+      </c>
+      <c r="G216" s="1" t="s">
         <v>783</v>
       </c>
-      <c r="D216" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H216" t="s">
-        <v>427</v>
+        <v>491</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
+        <v>784</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
         <v>785</v>
       </c>
-      <c r="B217" t="s">
-[...2 lines deleted...]
-      <c r="C217" t="s">
+      <c r="D217" t="s">
+        <v>407</v>
+      </c>
+      <c r="E217" t="s">
+        <v>408</v>
+      </c>
+      <c r="F217" t="s">
+        <v>385</v>
+      </c>
+      <c r="G217" s="1" t="s">
         <v>786</v>
       </c>
-      <c r="D217" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H217" t="s">
-        <v>788</v>
+        <v>491</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
+        <v>787</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>788</v>
+      </c>
+      <c r="D218" t="s">
+        <v>407</v>
+      </c>
+      <c r="E218" t="s">
+        <v>408</v>
+      </c>
+      <c r="F218" t="s">
+        <v>385</v>
+      </c>
+      <c r="G218" s="1" t="s">
         <v>789</v>
       </c>
-      <c r="B218" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H218" t="s">
-        <v>792</v>
+        <v>491</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="D219" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E219" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F219" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="H219" t="s">
-        <v>796</v>
+        <v>491</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>797</v>
+        <v>793</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>798</v>
+        <v>794</v>
       </c>
       <c r="D220" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E220" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F220" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="H220" t="s">
-        <v>415</v>
+        <v>796</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
+        <v>797</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>798</v>
+      </c>
+      <c r="D221" t="s">
+        <v>407</v>
+      </c>
+      <c r="E221" t="s">
+        <v>408</v>
+      </c>
+      <c r="F221" t="s">
+        <v>385</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="H221" t="s">
         <v>800</v>
-      </c>
-[...19 lines deleted...]
-        <v>803</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>804</v>
+        <v>801</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
       <c r="D222" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E222" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F222" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
       <c r="H222" t="s">
-        <v>807</v>
+        <v>446</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>808</v>
+        <v>804</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="D223" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E223" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F223" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>810</v>
+        <v>806</v>
       </c>
       <c r="H223" t="s">
-        <v>472</v>
+        <v>807</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
+        <v>808</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>809</v>
+      </c>
+      <c r="D224" t="s">
+        <v>407</v>
+      </c>
+      <c r="E224" t="s">
+        <v>408</v>
+      </c>
+      <c r="F224" t="s">
+        <v>385</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="H224" t="s">
         <v>811</v>
-      </c>
-[...19 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
+        <v>812</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>813</v>
+      </c>
+      <c r="D225" t="s">
+        <v>407</v>
+      </c>
+      <c r="E225" t="s">
+        <v>408</v>
+      </c>
+      <c r="F225" t="s">
+        <v>385</v>
+      </c>
+      <c r="G225" s="1" t="s">
         <v>814</v>
       </c>
-      <c r="B225" t="s">
-[...2 lines deleted...]
-      <c r="C225" t="s">
+      <c r="H225" t="s">
         <v>815</v>
-      </c>
-[...13 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
+        <v>816</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
         <v>817</v>
       </c>
-      <c r="B226" t="s">
-[...2 lines deleted...]
-      <c r="C226" t="s">
+      <c r="D226" t="s">
+        <v>407</v>
+      </c>
+      <c r="E226" t="s">
+        <v>408</v>
+      </c>
+      <c r="F226" t="s">
+        <v>385</v>
+      </c>
+      <c r="G226" s="1" t="s">
         <v>818</v>
       </c>
-      <c r="D226" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H226" t="s">
-        <v>472</v>
+        <v>434</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
+        <v>819</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
         <v>820</v>
       </c>
-      <c r="B227" t="s">
-[...2 lines deleted...]
-      <c r="C227" t="s">
+      <c r="D227" t="s">
+        <v>407</v>
+      </c>
+      <c r="E227" t="s">
+        <v>408</v>
+      </c>
+      <c r="F227" t="s">
+        <v>385</v>
+      </c>
+      <c r="G227" s="1" t="s">
         <v>821</v>
       </c>
-      <c r="D227" t="s">
-[...8 lines deleted...]
-      <c r="G227" s="1" t="s">
+      <c r="H227" t="s">
         <v>822</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>823</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
         <v>824</v>
       </c>
       <c r="D228" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E228" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F228" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>825</v>
       </c>
       <c r="H228" t="s">
-        <v>415</v>
+        <v>826</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="D229" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E229" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F229" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="H229" t="s">
-        <v>829</v>
+        <v>491</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>830</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
         <v>831</v>
       </c>
       <c r="D230" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E230" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F230" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G230" s="1" t="s">
         <v>832</v>
       </c>
       <c r="H230" t="s">
-        <v>454</v>
+        <v>491</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>833</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
         <v>834</v>
       </c>
       <c r="D231" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E231" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F231" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>835</v>
       </c>
       <c r="H231" t="s">
-        <v>836</v>
+        <v>491</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
+        <v>836</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
         <v>837</v>
       </c>
-      <c r="B232" t="s">
-[...2 lines deleted...]
-      <c r="C232" t="s">
+      <c r="D232" t="s">
+        <v>407</v>
+      </c>
+      <c r="E232" t="s">
+        <v>408</v>
+      </c>
+      <c r="F232" t="s">
+        <v>385</v>
+      </c>
+      <c r="G232" s="1" t="s">
         <v>838</v>
       </c>
-      <c r="D232" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H232" t="s">
-        <v>840</v>
+        <v>491</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
+        <v>839</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>840</v>
+      </c>
+      <c r="D233" t="s">
+        <v>407</v>
+      </c>
+      <c r="E233" t="s">
+        <v>408</v>
+      </c>
+      <c r="F233" t="s">
+        <v>385</v>
+      </c>
+      <c r="G233" s="1" t="s">
         <v>841</v>
       </c>
-      <c r="B233" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H233" t="s">
-        <v>844</v>
+        <v>491</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="D234" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E234" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F234" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="H234" t="s">
-        <v>848</v>
+        <v>434</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>849</v>
+        <v>845</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
       <c r="D235" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E235" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F235" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="H235" t="s">
-        <v>852</v>
+        <v>848</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
       <c r="D236" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E236" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F236" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>855</v>
+        <v>851</v>
       </c>
       <c r="H236" t="s">
-        <v>856</v>
+        <v>473</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>857</v>
+        <v>852</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>858</v>
+        <v>853</v>
       </c>
       <c r="D237" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E237" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F237" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="H237" t="s">
-        <v>472</v>
+        <v>855</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>860</v>
+        <v>856</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>861</v>
+        <v>857</v>
       </c>
       <c r="D238" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E238" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F238" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>862</v>
+        <v>858</v>
       </c>
       <c r="H238" t="s">
-        <v>863</v>
+        <v>859</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="D239" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E239" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F239" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
       <c r="H239" t="s">
-        <v>867</v>
+        <v>863</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>868</v>
+        <v>864</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>869</v>
+        <v>865</v>
       </c>
       <c r="D240" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E240" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F240" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>870</v>
+        <v>866</v>
       </c>
       <c r="H240" t="s">
-        <v>871</v>
+        <v>867</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
       <c r="D241" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E241" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F241" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>874</v>
+        <v>870</v>
       </c>
       <c r="H241" t="s">
-        <v>472</v>
+        <v>871</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
+        <v>872</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
+        <v>873</v>
+      </c>
+      <c r="D242" t="s">
+        <v>407</v>
+      </c>
+      <c r="E242" t="s">
+        <v>408</v>
+      </c>
+      <c r="F242" t="s">
+        <v>385</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H242" t="s">
         <v>875</v>
-      </c>
-[...19 lines deleted...]
-        <v>878</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="D243" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E243" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F243" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="H243" t="s">
-        <v>882</v>
+        <v>491</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>883</v>
+        <v>879</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>884</v>
+        <v>880</v>
       </c>
       <c r="D244" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E244" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F244" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>885</v>
+        <v>881</v>
       </c>
       <c r="H244" t="s">
-        <v>886</v>
+        <v>882</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>887</v>
+        <v>883</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>888</v>
+        <v>884</v>
       </c>
       <c r="D245" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E245" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F245" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>889</v>
+        <v>885</v>
       </c>
       <c r="H245" t="s">
-        <v>890</v>
+        <v>886</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>891</v>
+        <v>887</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>892</v>
+        <v>888</v>
       </c>
       <c r="D246" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E246" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F246" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>893</v>
+        <v>889</v>
       </c>
       <c r="H246" t="s">
-        <v>894</v>
+        <v>890</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>895</v>
+        <v>891</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>896</v>
+        <v>892</v>
       </c>
       <c r="D247" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E247" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F247" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>897</v>
+        <v>893</v>
       </c>
       <c r="H247" t="s">
-        <v>898</v>
+        <v>491</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>899</v>
+        <v>894</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>900</v>
+        <v>895</v>
       </c>
       <c r="D248" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E248" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F248" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>901</v>
+        <v>896</v>
       </c>
       <c r="H248" t="s">
-        <v>902</v>
+        <v>897</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>903</v>
+        <v>898</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>904</v>
+        <v>899</v>
       </c>
       <c r="D249" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E249" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F249" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>905</v>
+        <v>900</v>
       </c>
       <c r="H249" t="s">
-        <v>445</v>
+        <v>901</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>906</v>
+        <v>902</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>907</v>
+        <v>903</v>
       </c>
       <c r="D250" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E250" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F250" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>908</v>
+        <v>904</v>
       </c>
       <c r="H250" t="s">
-        <v>472</v>
+        <v>905</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
+        <v>906</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
+        <v>907</v>
+      </c>
+      <c r="D251" t="s">
+        <v>407</v>
+      </c>
+      <c r="E251" t="s">
+        <v>408</v>
+      </c>
+      <c r="F251" t="s">
+        <v>385</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="H251" t="s">
         <v>909</v>
-      </c>
-[...19 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
+        <v>910</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
+        <v>911</v>
+      </c>
+      <c r="D252" t="s">
+        <v>407</v>
+      </c>
+      <c r="E252" t="s">
+        <v>408</v>
+      </c>
+      <c r="F252" t="s">
+        <v>385</v>
+      </c>
+      <c r="G252" s="1" t="s">
         <v>912</v>
       </c>
-      <c r="B252" t="s">
-[...2 lines deleted...]
-      <c r="C252" t="s">
+      <c r="H252" t="s">
         <v>913</v>
-      </c>
-[...13 lines deleted...]
-        <v>915</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
+        <v>914</v>
+      </c>
+      <c r="B253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C253" t="s">
+        <v>915</v>
+      </c>
+      <c r="D253" t="s">
+        <v>407</v>
+      </c>
+      <c r="E253" t="s">
+        <v>408</v>
+      </c>
+      <c r="F253" t="s">
+        <v>385</v>
+      </c>
+      <c r="G253" s="1" t="s">
         <v>916</v>
       </c>
-      <c r="B253" t="s">
-[...2 lines deleted...]
-      <c r="C253" t="s">
+      <c r="H253" t="s">
         <v>917</v>
-      </c>
-[...13 lines deleted...]
-        <v>919</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
+        <v>918</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
+        <v>919</v>
+      </c>
+      <c r="D254" t="s">
+        <v>407</v>
+      </c>
+      <c r="E254" t="s">
+        <v>408</v>
+      </c>
+      <c r="F254" t="s">
+        <v>385</v>
+      </c>
+      <c r="G254" s="1" t="s">
         <v>920</v>
       </c>
-      <c r="B254" t="s">
-[...2 lines deleted...]
-      <c r="C254" t="s">
+      <c r="H254" t="s">
         <v>921</v>
-      </c>
-[...13 lines deleted...]
-        <v>923</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
+        <v>922</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>923</v>
+      </c>
+      <c r="D255" t="s">
+        <v>407</v>
+      </c>
+      <c r="E255" t="s">
+        <v>408</v>
+      </c>
+      <c r="F255" t="s">
+        <v>385</v>
+      </c>
+      <c r="G255" s="1" t="s">
         <v>924</v>
       </c>
-      <c r="B255" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H255" t="s">
-        <v>927</v>
+        <v>464</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="D256" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E256" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F256" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="H256" t="s">
-        <v>931</v>
+        <v>491</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>932</v>
+        <v>928</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>933</v>
+        <v>929</v>
       </c>
       <c r="D257" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E257" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F257" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>934</v>
+        <v>930</v>
       </c>
       <c r="H257" t="s">
-        <v>472</v>
+        <v>491</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>935</v>
+        <v>931</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>936</v>
+        <v>932</v>
       </c>
       <c r="D258" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E258" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F258" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>937</v>
+        <v>933</v>
       </c>
       <c r="H258" t="s">
-        <v>472</v>
+        <v>934</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
+        <v>935</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>936</v>
+      </c>
+      <c r="D259" t="s">
+        <v>407</v>
+      </c>
+      <c r="E259" t="s">
+        <v>408</v>
+      </c>
+      <c r="F259" t="s">
+        <v>385</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="H259" t="s">
         <v>938</v>
-      </c>
-[...19 lines deleted...]
-        <v>735</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
+        <v>939</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
+        <v>940</v>
+      </c>
+      <c r="D260" t="s">
+        <v>407</v>
+      </c>
+      <c r="E260" t="s">
+        <v>408</v>
+      </c>
+      <c r="F260" t="s">
+        <v>385</v>
+      </c>
+      <c r="G260" s="1" t="s">
         <v>941</v>
       </c>
-      <c r="B260" t="s">
-[...2 lines deleted...]
-      <c r="C260" t="s">
+      <c r="H260" t="s">
         <v>942</v>
-      </c>
-[...13 lines deleted...]
-        <v>944</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
+        <v>943</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>944</v>
+      </c>
+      <c r="D261" t="s">
+        <v>407</v>
+      </c>
+      <c r="E261" t="s">
+        <v>408</v>
+      </c>
+      <c r="F261" t="s">
+        <v>385</v>
+      </c>
+      <c r="G261" s="1" t="s">
         <v>945</v>
       </c>
-      <c r="B261" t="s">
-[...2 lines deleted...]
-      <c r="C261" t="s">
+      <c r="H261" t="s">
         <v>946</v>
-      </c>
-[...13 lines deleted...]
-        <v>871</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
+        <v>947</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
         <v>948</v>
       </c>
-      <c r="B262" t="s">
-[...2 lines deleted...]
-      <c r="C262" t="s">
+      <c r="D262" t="s">
+        <v>407</v>
+      </c>
+      <c r="E262" t="s">
+        <v>408</v>
+      </c>
+      <c r="F262" t="s">
+        <v>385</v>
+      </c>
+      <c r="G262" s="1" t="s">
         <v>949</v>
       </c>
-      <c r="D262" t="s">
-[...8 lines deleted...]
-      <c r="G262" s="1" t="s">
+      <c r="H262" t="s">
         <v>950</v>
-      </c>
-[...1 lines deleted...]
-        <v>951</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
+        <v>951</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
         <v>952</v>
       </c>
-      <c r="B263" t="s">
-[...2 lines deleted...]
-      <c r="C263" t="s">
+      <c r="D263" t="s">
+        <v>407</v>
+      </c>
+      <c r="E263" t="s">
+        <v>408</v>
+      </c>
+      <c r="F263" t="s">
+        <v>385</v>
+      </c>
+      <c r="G263" s="1" t="s">
         <v>953</v>
       </c>
-      <c r="D263" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H263" t="s">
-        <v>955</v>
+        <v>491</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
+        <v>954</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>955</v>
+      </c>
+      <c r="D264" t="s">
+        <v>407</v>
+      </c>
+      <c r="E264" t="s">
+        <v>408</v>
+      </c>
+      <c r="F264" t="s">
+        <v>385</v>
+      </c>
+      <c r="G264" s="1" t="s">
         <v>956</v>
       </c>
-      <c r="B264" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H264" t="s">
-        <v>890</v>
+        <v>491</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
+        <v>957</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>958</v>
+      </c>
+      <c r="D265" t="s">
+        <v>407</v>
+      </c>
+      <c r="E265" t="s">
+        <v>408</v>
+      </c>
+      <c r="F265" t="s">
+        <v>385</v>
+      </c>
+      <c r="G265" s="1" t="s">
         <v>959</v>
       </c>
-      <c r="B265" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H265" t="s">
-        <v>962</v>
+        <v>754</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
+        <v>960</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>961</v>
+      </c>
+      <c r="D266" t="s">
+        <v>407</v>
+      </c>
+      <c r="E266" t="s">
+        <v>408</v>
+      </c>
+      <c r="F266" t="s">
+        <v>385</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="H266" t="s">
         <v>963</v>
-      </c>
-[...19 lines deleted...]
-        <v>966</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="D267" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E267" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F267" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="H267" t="s">
-        <v>970</v>
+        <v>890</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>971</v>
+        <v>967</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>972</v>
+        <v>968</v>
       </c>
       <c r="D268" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E268" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F268" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>973</v>
+        <v>969</v>
       </c>
       <c r="H268" t="s">
-        <v>974</v>
+        <v>970</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>975</v>
+        <v>971</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>976</v>
+        <v>972</v>
       </c>
       <c r="D269" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E269" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F269" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>977</v>
+        <v>973</v>
       </c>
       <c r="H269" t="s">
-        <v>978</v>
+        <v>974</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>979</v>
+        <v>975</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>980</v>
+        <v>976</v>
       </c>
       <c r="D270" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E270" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F270" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
       <c r="H270" t="s">
-        <v>982</v>
+        <v>909</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>983</v>
+        <v>978</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="D271" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E271" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F271" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
       <c r="H271" t="s">
-        <v>986</v>
+        <v>981</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>987</v>
+        <v>982</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="D272" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E272" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F272" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>989</v>
+        <v>984</v>
       </c>
       <c r="H272" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>991</v>
+        <v>986</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="D273" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E273" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F273" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>993</v>
+        <v>988</v>
       </c>
       <c r="H273" t="s">
-        <v>472</v>
+        <v>989</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>994</v>
+        <v>990</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>995</v>
+        <v>991</v>
       </c>
       <c r="D274" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E274" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F274" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>996</v>
+        <v>992</v>
       </c>
       <c r="H274" t="s">
-        <v>997</v>
+        <v>993</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>998</v>
+        <v>994</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>999</v>
+        <v>995</v>
       </c>
       <c r="D275" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E275" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F275" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1000</v>
+        <v>996</v>
       </c>
       <c r="H275" t="s">
-        <v>1001</v>
+        <v>997</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1002</v>
+        <v>998</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>1003</v>
+        <v>999</v>
       </c>
       <c r="D276" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E276" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F276" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1004</v>
+        <v>1000</v>
       </c>
       <c r="H276" t="s">
-        <v>1005</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1006</v>
+        <v>1002</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>1007</v>
+        <v>1003</v>
       </c>
       <c r="D277" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E277" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F277" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1008</v>
+        <v>1004</v>
       </c>
       <c r="H277" t="s">
-        <v>1009</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1010</v>
+        <v>1006</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>1011</v>
+        <v>1007</v>
       </c>
       <c r="D278" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E278" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F278" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1012</v>
+        <v>1008</v>
       </c>
       <c r="H278" t="s">
-        <v>1013</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1014</v>
+        <v>1010</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>1015</v>
+        <v>1011</v>
       </c>
       <c r="D279" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E279" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F279" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1016</v>
+        <v>1012</v>
       </c>
       <c r="H279" t="s">
-        <v>1017</v>
+        <v>491</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1018</v>
+        <v>1013</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>1019</v>
+        <v>1014</v>
       </c>
       <c r="D280" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E280" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F280" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1020</v>
+        <v>1015</v>
       </c>
       <c r="H280" t="s">
-        <v>1021</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1022</v>
+        <v>1017</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>1023</v>
+        <v>1018</v>
       </c>
       <c r="D281" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E281" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F281" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1024</v>
+        <v>1019</v>
       </c>
       <c r="H281" t="s">
-        <v>1025</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1026</v>
+        <v>1021</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>1027</v>
+        <v>1022</v>
       </c>
       <c r="D282" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E282" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F282" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1028</v>
+        <v>1023</v>
       </c>
       <c r="H282" t="s">
-        <v>1029</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1030</v>
+        <v>1025</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>1031</v>
+        <v>1026</v>
       </c>
       <c r="D283" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E283" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F283" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1032</v>
+        <v>1027</v>
       </c>
       <c r="H283" t="s">
-        <v>472</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1033</v>
+        <v>1029</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>1034</v>
+        <v>1030</v>
       </c>
       <c r="D284" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E284" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F284" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1035</v>
+        <v>1031</v>
       </c>
       <c r="H284" t="s">
-        <v>1036</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1037</v>
+        <v>1033</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>1038</v>
+        <v>1034</v>
       </c>
       <c r="D285" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E285" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F285" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1039</v>
+        <v>1035</v>
       </c>
       <c r="H285" t="s">
-        <v>1040</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1041</v>
+        <v>1037</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>1042</v>
+        <v>1038</v>
       </c>
       <c r="D286" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E286" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F286" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1043</v>
+        <v>1039</v>
       </c>
       <c r="H286" t="s">
-        <v>1044</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1045</v>
+        <v>1041</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>1046</v>
+        <v>1042</v>
       </c>
       <c r="D287" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E287" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F287" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1047</v>
+        <v>1043</v>
       </c>
       <c r="H287" t="s">
-        <v>1048</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1049</v>
+        <v>1045</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>1050</v>
+        <v>1046</v>
       </c>
       <c r="D288" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E288" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F288" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1051</v>
+        <v>1047</v>
       </c>
       <c r="H288" t="s">
-        <v>1052</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1053</v>
+        <v>1049</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>1054</v>
+        <v>1050</v>
       </c>
       <c r="D289" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E289" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F289" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="H289" t="s">
-        <v>1029</v>
+        <v>491</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>1057</v>
+        <v>1053</v>
       </c>
       <c r="D290" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E290" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F290" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1058</v>
+        <v>1054</v>
       </c>
       <c r="H290" t="s">
-        <v>1059</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1060</v>
+        <v>1056</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>1061</v>
+        <v>1057</v>
       </c>
       <c r="D291" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E291" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F291" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1062</v>
+        <v>1058</v>
       </c>
       <c r="H291" t="s">
-        <v>1063</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1064</v>
+        <v>1060</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>1065</v>
+        <v>1061</v>
       </c>
       <c r="D292" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E292" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F292" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1066</v>
+        <v>1062</v>
       </c>
       <c r="H292" t="s">
-        <v>547</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B293" t="s">
+        <v>9</v>
+      </c>
+      <c r="C293" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D293" t="s">
+        <v>407</v>
+      </c>
+      <c r="E293" t="s">
+        <v>408</v>
+      </c>
+      <c r="F293" t="s">
+        <v>385</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>1066</v>
+      </c>
+      <c r="H293" t="s">
         <v>1067</v>
-      </c>
-[...19 lines deleted...]
-        <v>1070</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D294" t="s">
+        <v>407</v>
+      </c>
+      <c r="E294" t="s">
+        <v>408</v>
+      </c>
+      <c r="F294" t="s">
+        <v>385</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>1070</v>
+      </c>
+      <c r="H294" t="s">
         <v>1071</v>
-      </c>
-[...19 lines deleted...]
-        <v>1074</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1075</v>
+        <v>1072</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>1076</v>
+        <v>1073</v>
       </c>
       <c r="D295" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E295" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F295" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1077</v>
+        <v>1074</v>
       </c>
       <c r="H295" t="s">
-        <v>1078</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1079</v>
+        <v>1075</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1080</v>
+        <v>1076</v>
       </c>
       <c r="D296" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E296" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F296" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1081</v>
+        <v>1077</v>
       </c>
       <c r="H296" t="s">
-        <v>1082</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1083</v>
+        <v>1079</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1084</v>
+        <v>1080</v>
       </c>
       <c r="D297" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E297" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F297" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1085</v>
+        <v>1081</v>
       </c>
       <c r="H297" t="s">
-        <v>547</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1086</v>
+        <v>1083</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>1087</v>
+        <v>1084</v>
       </c>
       <c r="D298" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E298" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F298" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1088</v>
+        <v>1085</v>
       </c>
       <c r="H298" t="s">
-        <v>871</v>
+        <v>566</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D299" t="s">
+        <v>407</v>
+      </c>
+      <c r="E299" t="s">
+        <v>408</v>
+      </c>
+      <c r="F299" t="s">
+        <v>385</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H299" t="s">
         <v>1089</v>
-      </c>
-[...19 lines deleted...]
-        <v>1092</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D300" t="s">
+        <v>407</v>
+      </c>
+      <c r="E300" t="s">
+        <v>408</v>
+      </c>
+      <c r="F300" t="s">
+        <v>385</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H300" t="s">
         <v>1093</v>
-      </c>
-[...19 lines deleted...]
-        <v>1096</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B301" t="s">
+        <v>9</v>
+      </c>
+      <c r="C301" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D301" t="s">
+        <v>407</v>
+      </c>
+      <c r="E301" t="s">
+        <v>408</v>
+      </c>
+      <c r="F301" t="s">
+        <v>385</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H301" t="s">
         <v>1097</v>
-      </c>
-[...19 lines deleted...]
-        <v>1100</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D302" t="s">
+        <v>407</v>
+      </c>
+      <c r="E302" t="s">
+        <v>408</v>
+      </c>
+      <c r="F302" t="s">
+        <v>385</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="H302" t="s">
         <v>1101</v>
-      </c>
-[...19 lines deleted...]
-        <v>1104</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1105</v>
+        <v>1102</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>1106</v>
+        <v>1103</v>
       </c>
       <c r="D303" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E303" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F303" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1107</v>
+        <v>1104</v>
       </c>
       <c r="H303" t="s">
-        <v>1108</v>
+        <v>566</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1109</v>
+        <v>1105</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>1110</v>
+        <v>1106</v>
       </c>
       <c r="D304" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E304" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F304" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1111</v>
+        <v>1107</v>
       </c>
       <c r="H304" t="s">
-        <v>1048</v>
+        <v>890</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1112</v>
+        <v>1108</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>1113</v>
+        <v>1109</v>
       </c>
       <c r="D305" t="s">
-        <v>388</v>
+        <v>407</v>
       </c>
       <c r="E305" t="s">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c r="F305" t="s">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1114</v>
+        <v>1110</v>
       </c>
       <c r="H305" t="s">
-        <v>1115</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1116</v>
+        <v>1112</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>10</v>
+        <v>1113</v>
       </c>
       <c r="D306" t="s">
-        <v>1117</v>
+        <v>407</v>
       </c>
       <c r="E306" t="s">
-        <v>1118</v>
+        <v>408</v>
       </c>
       <c r="F306" t="s">
-        <v>348</v>
+        <v>385</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1119</v>
+        <v>1114</v>
       </c>
       <c r="H306" t="s">
-        <v>1120</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1121</v>
+        <v>1116</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>17</v>
+        <v>1117</v>
       </c>
       <c r="D307" t="s">
-        <v>1117</v>
+        <v>407</v>
       </c>
       <c r="E307" t="s">
+        <v>408</v>
+      </c>
+      <c r="F307" t="s">
+        <v>385</v>
+      </c>
+      <c r="G307" s="1" t="s">
         <v>1118</v>
       </c>
-      <c r="F307" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H307" t="s">
-        <v>1123</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1124</v>
+        <v>1120</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>22</v>
+        <v>1121</v>
       </c>
       <c r="D308" t="s">
-        <v>1117</v>
+        <v>407</v>
       </c>
       <c r="E308" t="s">
-        <v>1118</v>
+        <v>408</v>
       </c>
       <c r="F308" t="s">
-        <v>348</v>
+        <v>385</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
       <c r="H308" t="s">
-        <v>1126</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B309" t="s">
+        <v>9</v>
+      </c>
+      <c r="C309" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D309" t="s">
+        <v>407</v>
+      </c>
+      <c r="E309" t="s">
+        <v>408</v>
+      </c>
+      <c r="F309" t="s">
+        <v>385</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="H309" t="s">
         <v>1127</v>
-      </c>
-[...19 lines deleted...]
-        <v>1129</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B310" t="s">
+        <v>9</v>
+      </c>
+      <c r="C310" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D310" t="s">
+        <v>407</v>
+      </c>
+      <c r="E310" t="s">
+        <v>408</v>
+      </c>
+      <c r="F310" t="s">
+        <v>385</v>
+      </c>
+      <c r="G310" s="1" t="s">
         <v>1130</v>
       </c>
-      <c r="B310" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H310" t="s">
-        <v>1132</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B311" t="s">
+        <v>9</v>
+      </c>
+      <c r="C311" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D311" t="s">
+        <v>407</v>
+      </c>
+      <c r="E311" t="s">
+        <v>408</v>
+      </c>
+      <c r="F311" t="s">
+        <v>385</v>
+      </c>
+      <c r="G311" s="1" t="s">
         <v>1133</v>
       </c>
-      <c r="B311" t="s">
-[...14 lines deleted...]
-      <c r="G311" s="1" t="s">
+      <c r="H311" t="s">
         <v>1134</v>
-      </c>
-[...1 lines deleted...]
-        <v>1135</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B312" t="s">
+        <v>9</v>
+      </c>
+      <c r="C312" t="s">
         <v>1136</v>
       </c>
-      <c r="B312" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D312" t="s">
-        <v>1117</v>
+        <v>407</v>
       </c>
       <c r="E312" t="s">
-        <v>1118</v>
+        <v>408</v>
       </c>
       <c r="F312" t="s">
+        <v>385</v>
+      </c>
+      <c r="G312" s="1" t="s">
         <v>1137</v>
       </c>
-      <c r="G312" s="1" t="s">
+      <c r="H312" t="s">
         <v>1138</v>
-      </c>
-[...1 lines deleted...]
-        <v>1126</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>1139</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>45</v>
+        <v>1140</v>
       </c>
       <c r="D313" t="s">
-        <v>1117</v>
+        <v>407</v>
       </c>
       <c r="E313" t="s">
-        <v>1118</v>
+        <v>408</v>
       </c>
       <c r="F313" t="s">
-        <v>1137</v>
+        <v>385</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="H313" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>49</v>
+        <v>1144</v>
       </c>
       <c r="D314" t="s">
-        <v>1117</v>
+        <v>407</v>
       </c>
       <c r="E314" t="s">
-        <v>1118</v>
+        <v>408</v>
       </c>
       <c r="F314" t="s">
-        <v>1143</v>
+        <v>385</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="H314" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>54</v>
+        <v>1148</v>
       </c>
       <c r="D315" t="s">
-        <v>1117</v>
+        <v>407</v>
       </c>
       <c r="E315" t="s">
-        <v>1118</v>
+        <v>408</v>
       </c>
       <c r="F315" t="s">
-        <v>348</v>
+        <v>385</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="H315" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>58</v>
+        <v>1152</v>
       </c>
       <c r="D316" t="s">
-        <v>1117</v>
+        <v>407</v>
       </c>
       <c r="E316" t="s">
-        <v>1118</v>
+        <v>408</v>
       </c>
       <c r="F316" t="s">
-        <v>1137</v>
+        <v>385</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1150</v>
+        <v>1153</v>
       </c>
       <c r="H316" t="s">
-        <v>1151</v>
+        <v>909</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>62</v>
+        <v>1155</v>
       </c>
       <c r="D317" t="s">
-        <v>1117</v>
+        <v>407</v>
       </c>
       <c r="E317" t="s">
-        <v>1118</v>
+        <v>408</v>
       </c>
       <c r="F317" t="s">
-        <v>23</v>
+        <v>385</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="H317" t="s">
-        <v>1154</v>
+        <v>491</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
         <v>10</v>
       </c>
       <c r="D318" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="E318" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="F318" t="s">
-        <v>348</v>
+        <v>366</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="H318" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D319" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="E319" t="s">
-        <v>1162</v>
+        <v>1159</v>
       </c>
       <c r="F319" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="G319" s="1" t="s">
         <v>1163</v>
       </c>
       <c r="H319" t="s">
         <v>1164</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>1165</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D320" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="E320" t="s">
-        <v>1162</v>
+        <v>1159</v>
       </c>
       <c r="F320" t="s">
-        <v>13</v>
+        <v>366</v>
       </c>
       <c r="G320" s="1" t="s">
         <v>1166</v>
       </c>
       <c r="H320" t="s">
         <v>1167</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>1168</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D321" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="E321" t="s">
-        <v>1162</v>
+        <v>1159</v>
       </c>
       <c r="F321" t="s">
-        <v>28</v>
+        <v>366</v>
       </c>
       <c r="G321" s="1" t="s">
         <v>1169</v>
       </c>
       <c r="H321" t="s">
         <v>1170</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>1171</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D322" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="E322" t="s">
-        <v>1162</v>
+        <v>1159</v>
       </c>
       <c r="F322" t="s">
-        <v>77</v>
+        <v>366</v>
       </c>
       <c r="G322" s="1" t="s">
         <v>1172</v>
       </c>
       <c r="H322" t="s">
         <v>1173</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>1174</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D323" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="E323" t="s">
-        <v>1162</v>
+        <v>1159</v>
       </c>
       <c r="F323" t="s">
-        <v>37</v>
+        <v>366</v>
       </c>
       <c r="G323" s="1" t="s">
         <v>1175</v>
       </c>
       <c r="H323" t="s">
         <v>1176</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>1177</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="D324" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="E324" t="s">
-        <v>1162</v>
+        <v>1159</v>
       </c>
       <c r="F324" t="s">
-        <v>100</v>
+        <v>1178</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="H324" t="s">
-        <v>1179</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>1180</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D325" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="E325" t="s">
-        <v>1162</v>
+        <v>1159</v>
       </c>
       <c r="F325" t="s">
-        <v>94</v>
+        <v>1178</v>
       </c>
       <c r="G325" s="1" t="s">
         <v>1181</v>
       </c>
       <c r="H325" t="s">
         <v>1182</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>1183</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D326" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="E326" t="s">
-        <v>1162</v>
+        <v>1159</v>
       </c>
       <c r="F326" t="s">
-        <v>18</v>
+        <v>1184</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="H326" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="D327" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="E327" t="s">
-        <v>1162</v>
+        <v>1159</v>
       </c>
       <c r="F327" t="s">
-        <v>37</v>
+        <v>366</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="H327" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="D328" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="E328" t="s">
-        <v>1162</v>
+        <v>1159</v>
       </c>
       <c r="F328" t="s">
-        <v>50</v>
+        <v>1178</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="H328" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="D329" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="E329" t="s">
-        <v>1162</v>
+        <v>1159</v>
       </c>
       <c r="F329" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="H329" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="D330" t="s">
-        <v>1161</v>
+        <v>1158</v>
       </c>
       <c r="E330" t="s">
-        <v>1162</v>
+        <v>1159</v>
       </c>
       <c r="F330" t="s">
-        <v>100</v>
+        <v>23</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="H330" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>66</v>
+        <v>10</v>
       </c>
       <c r="D331" t="s">
-        <v>1161</v>
+        <v>1200</v>
       </c>
       <c r="E331" t="s">
-        <v>1162</v>
+        <v>1201</v>
       </c>
       <c r="F331" t="s">
-        <v>28</v>
+        <v>366</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="H331" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="D332" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E332" t="s">
-        <v>1162</v>
+        <v>1206</v>
+      </c>
+      <c r="F332" t="s">
+        <v>50</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1202</v>
+        <v>1207</v>
       </c>
       <c r="H332" t="s">
-        <v>1203</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1204</v>
+        <v>1209</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>144</v>
+        <v>17</v>
       </c>
       <c r="D333" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E333" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F333" t="s">
-        <v>1143</v>
+        <v>13</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1205</v>
+        <v>1210</v>
       </c>
       <c r="H333" t="s">
-        <v>1206</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1207</v>
+        <v>1212</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>148</v>
+        <v>22</v>
       </c>
       <c r="D334" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E334" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F334" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1208</v>
+        <v>1213</v>
       </c>
       <c r="H334" t="s">
-        <v>1209</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1210</v>
+        <v>1215</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>152</v>
+        <v>27</v>
       </c>
       <c r="D335" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E335" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F335" t="s">
-        <v>50</v>
+        <v>77</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1211</v>
+        <v>1216</v>
       </c>
       <c r="H335" t="s">
-        <v>1212</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1213</v>
+        <v>1218</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>156</v>
+        <v>32</v>
       </c>
       <c r="D336" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E336" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F336" t="s">
-        <v>100</v>
+        <v>37</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1214</v>
+        <v>1219</v>
       </c>
       <c r="H336" t="s">
-        <v>1215</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1216</v>
+        <v>1221</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>160</v>
+        <v>36</v>
       </c>
       <c r="D337" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E337" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F337" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1217</v>
+        <v>1222</v>
       </c>
       <c r="H337" t="s">
-        <v>1218</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1219</v>
+        <v>1224</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>164</v>
+        <v>41</v>
       </c>
       <c r="D338" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E338" t="s">
-        <v>1162</v>
+        <v>1206</v>
+      </c>
+      <c r="F338" t="s">
+        <v>94</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1220</v>
+        <v>1225</v>
       </c>
       <c r="H338" t="s">
-        <v>1221</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1222</v>
+        <v>1227</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>168</v>
+        <v>45</v>
       </c>
       <c r="D339" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E339" t="s">
-        <v>1162</v>
+        <v>1206</v>
+      </c>
+      <c r="F339" t="s">
+        <v>18</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="H339" t="s">
-        <v>1224</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1225</v>
+        <v>1230</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>172</v>
+        <v>49</v>
       </c>
       <c r="D340" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E340" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F340" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1226</v>
+        <v>1231</v>
       </c>
       <c r="H340" t="s">
-        <v>1227</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1228</v>
+        <v>1233</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>177</v>
+        <v>54</v>
       </c>
       <c r="D341" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E341" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F341" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1229</v>
+        <v>1234</v>
       </c>
       <c r="H341" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>181</v>
+        <v>58</v>
       </c>
       <c r="D342" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E342" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F342" t="s">
-        <v>1143</v>
+        <v>77</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="H342" t="s">
-        <v>1233</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1234</v>
+        <v>1239</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>185</v>
+        <v>62</v>
       </c>
       <c r="D343" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E343" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F343" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1235</v>
+        <v>1240</v>
       </c>
       <c r="H343" t="s">
-        <v>1236</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1237</v>
+        <v>1242</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>189</v>
+        <v>66</v>
       </c>
       <c r="D344" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E344" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F344" t="s">
-        <v>94</v>
+        <v>28</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1238</v>
+        <v>1243</v>
       </c>
       <c r="H344" t="s">
-        <v>1239</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1240</v>
+        <v>1245</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>193</v>
+        <v>71</v>
       </c>
       <c r="D345" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E345" t="s">
-        <v>1162</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>1206</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1241</v>
+        <v>1246</v>
       </c>
       <c r="H345" t="s">
-        <v>1242</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>197</v>
+        <v>144</v>
       </c>
       <c r="D346" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E346" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F346" t="s">
-        <v>100</v>
+        <v>1184</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1244</v>
+        <v>1249</v>
       </c>
       <c r="H346" t="s">
-        <v>1245</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1246</v>
+        <v>1251</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>201</v>
+        <v>148</v>
       </c>
       <c r="D347" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E347" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F347" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1247</v>
+        <v>1252</v>
       </c>
       <c r="H347" t="s">
-        <v>1248</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1249</v>
+        <v>1254</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>205</v>
+        <v>152</v>
       </c>
       <c r="D348" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E348" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F348" t="s">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1250</v>
+        <v>1255</v>
       </c>
       <c r="H348" t="s">
-        <v>1251</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1252</v>
+        <v>1257</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>209</v>
+        <v>156</v>
       </c>
       <c r="D349" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E349" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F349" t="s">
-        <v>37</v>
+        <v>100</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1253</v>
+        <v>1258</v>
       </c>
       <c r="H349" t="s">
-        <v>1254</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1255</v>
+        <v>1260</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>213</v>
+        <v>160</v>
       </c>
       <c r="D350" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E350" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F350" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1256</v>
+        <v>1261</v>
       </c>
       <c r="H350" t="s">
-        <v>1257</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1258</v>
+        <v>1263</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>217</v>
+        <v>164</v>
       </c>
       <c r="D351" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E351" t="s">
-        <v>1162</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1206</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1259</v>
+        <v>1264</v>
       </c>
       <c r="H351" t="s">
-        <v>1260</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1261</v>
+        <v>1266</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>221</v>
+        <v>168</v>
       </c>
       <c r="D352" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E352" t="s">
-        <v>1162</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>1206</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1262</v>
+        <v>1267</v>
       </c>
       <c r="H352" t="s">
-        <v>1263</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1264</v>
+        <v>1269</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>225</v>
+        <v>172</v>
       </c>
       <c r="D353" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E353" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F353" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1265</v>
+        <v>1270</v>
       </c>
       <c r="H353" t="s">
-        <v>1266</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>229</v>
+        <v>177</v>
       </c>
       <c r="D354" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E354" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F354" t="s">
-        <v>100</v>
+        <v>37</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1268</v>
+        <v>1273</v>
       </c>
       <c r="H354" t="s">
-        <v>1269</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1270</v>
+        <v>1275</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>233</v>
+        <v>181</v>
       </c>
       <c r="D355" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E355" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F355" t="s">
-        <v>77</v>
+        <v>1184</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1271</v>
+        <v>1276</v>
       </c>
       <c r="H355" t="s">
-        <v>1272</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1273</v>
+        <v>1278</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>237</v>
+        <v>185</v>
       </c>
       <c r="D356" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E356" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F356" t="s">
         <v>50</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1274</v>
+        <v>1279</v>
       </c>
       <c r="H356" t="s">
-        <v>1275</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1276</v>
+        <v>1281</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>241</v>
+        <v>189</v>
       </c>
       <c r="D357" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E357" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F357" t="s">
-        <v>1277</v>
+        <v>94</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
       <c r="H357" t="s">
-        <v>1279</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>505</v>
+        <v>193</v>
       </c>
       <c r="D358" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E358" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F358" t="s">
-        <v>18</v>
+        <v>77</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="H358" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>509</v>
+        <v>197</v>
       </c>
       <c r="D359" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E359" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F359" t="s">
-        <v>37</v>
+        <v>100</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
       <c r="H359" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>513</v>
+        <v>201</v>
       </c>
       <c r="D360" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E360" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F360" t="s">
-        <v>94</v>
+        <v>28</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="H360" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>517</v>
+        <v>205</v>
       </c>
       <c r="D361" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E361" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F361" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
       <c r="H361" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>521</v>
+        <v>209</v>
       </c>
       <c r="D362" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E362" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F362" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="H362" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>525</v>
+        <v>213</v>
       </c>
       <c r="D363" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E363" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F363" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="H363" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>529</v>
+        <v>217</v>
       </c>
       <c r="D364" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E364" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F364" t="s">
-        <v>100</v>
+        <v>28</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="H364" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>533</v>
+        <v>221</v>
       </c>
       <c r="D365" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E365" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F365" t="s">
         <v>23</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1302</v>
+        <v>1306</v>
       </c>
       <c r="H365" t="s">
-        <v>1303</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>537</v>
+        <v>225</v>
       </c>
       <c r="D366" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E366" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F366" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="H366" t="s">
-        <v>1306</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1307</v>
+        <v>1311</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>541</v>
+        <v>229</v>
       </c>
       <c r="D367" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E367" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F367" t="s">
-        <v>1308</v>
+        <v>100</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
       <c r="H367" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>545</v>
+        <v>233</v>
       </c>
       <c r="D368" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E368" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F368" t="s">
-        <v>94</v>
+        <v>77</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="H368" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1314</v>
+        <v>1317</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>549</v>
+        <v>237</v>
       </c>
       <c r="D369" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E369" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F369" t="s">
-        <v>1315</v>
+        <v>50</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="H369" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>553</v>
+        <v>241</v>
       </c>
       <c r="D370" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E370" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F370" t="s">
-        <v>23</v>
+        <v>1321</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1319</v>
+        <v>1322</v>
       </c>
       <c r="H370" t="s">
-        <v>1320</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1321</v>
+        <v>1324</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>557</v>
+        <v>524</v>
       </c>
       <c r="D371" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E371" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F371" t="s">
-        <v>1143</v>
+        <v>18</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1322</v>
+        <v>1325</v>
       </c>
       <c r="H371" t="s">
-        <v>1323</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1324</v>
+        <v>1327</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>560</v>
+        <v>528</v>
       </c>
       <c r="D372" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E372" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F372" t="s">
-        <v>1325</v>
+        <v>37</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="H372" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>564</v>
+        <v>532</v>
       </c>
       <c r="D373" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E373" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F373" t="s">
-        <v>50</v>
+        <v>94</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="H373" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>568</v>
+        <v>536</v>
       </c>
       <c r="D374" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E374" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F374" t="s">
-        <v>1332</v>
+        <v>50</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="H374" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>572</v>
+        <v>540</v>
       </c>
       <c r="D375" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E375" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F375" t="s">
-        <v>1336</v>
+        <v>13</v>
       </c>
       <c r="G375" s="1" t="s">
         <v>1337</v>
       </c>
       <c r="H375" t="s">
         <v>1338</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
         <v>1339</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>576</v>
+        <v>544</v>
       </c>
       <c r="D376" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E376" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F376" t="s">
+        <v>77</v>
+      </c>
+      <c r="G376" s="1" t="s">
         <v>1340</v>
       </c>
-      <c r="G376" s="1" t="s">
+      <c r="H376" t="s">
         <v>1341</v>
-      </c>
-[...1 lines deleted...]
-        <v>1342</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1343</v>
+        <v>1342</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>580</v>
+        <v>548</v>
       </c>
       <c r="D377" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E377" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F377" t="s">
         <v>100</v>
       </c>
       <c r="G377" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="H377" t="s">
         <v>1344</v>
-      </c>
-[...1 lines deleted...]
-        <v>1345</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B378" t="s">
+        <v>9</v>
+      </c>
+      <c r="C378" t="s">
+        <v>552</v>
+      </c>
+      <c r="D378" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E378" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F378" t="s">
+        <v>23</v>
+      </c>
+      <c r="G378" s="1" t="s">
         <v>1346</v>
       </c>
-      <c r="B378" t="s">
-[...14 lines deleted...]
-      <c r="G378" s="1" t="s">
+      <c r="H378" t="s">
         <v>1347</v>
-      </c>
-[...1 lines deleted...]
-        <v>1348</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B379" t="s">
+        <v>9</v>
+      </c>
+      <c r="C379" t="s">
+        <v>556</v>
+      </c>
+      <c r="D379" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E379" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F379" t="s">
+        <v>50</v>
+      </c>
+      <c r="G379" s="1" t="s">
         <v>1349</v>
       </c>
-      <c r="B379" t="s">
-[...14 lines deleted...]
-      <c r="G379" s="1" t="s">
+      <c r="H379" t="s">
         <v>1350</v>
-      </c>
-[...1 lines deleted...]
-        <v>1351</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B380" t="s">
+        <v>9</v>
+      </c>
+      <c r="C380" t="s">
+        <v>560</v>
+      </c>
+      <c r="D380" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E380" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F380" t="s">
         <v>1352</v>
-      </c>
-[...13 lines deleted...]
-        <v>18</v>
       </c>
       <c r="G380" s="1" t="s">
         <v>1353</v>
       </c>
       <c r="H380" t="s">
         <v>1354</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
         <v>1355</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>596</v>
+        <v>564</v>
       </c>
       <c r="D381" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E381" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F381" t="s">
-        <v>23</v>
+        <v>94</v>
       </c>
       <c r="G381" s="1" t="s">
         <v>1356</v>
       </c>
       <c r="H381" t="s">
         <v>1357</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
         <v>1358</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>600</v>
+        <v>568</v>
       </c>
       <c r="D382" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E382" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F382" t="s">
-        <v>18</v>
+        <v>1359</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="H382" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>604</v>
+        <v>572</v>
       </c>
       <c r="D383" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E383" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F383" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="H383" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>608</v>
+        <v>576</v>
       </c>
       <c r="D384" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E384" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F384" t="s">
-        <v>77</v>
+        <v>1184</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="H384" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>612</v>
+        <v>579</v>
       </c>
       <c r="D385" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E385" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F385" t="s">
-        <v>13</v>
+        <v>1369</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="H385" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>616</v>
+        <v>583</v>
       </c>
       <c r="D386" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E386" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F386" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="H386" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>620</v>
+        <v>587</v>
       </c>
       <c r="D387" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E387" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F387" t="s">
-        <v>23</v>
+        <v>1376</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1374</v>
+        <v>1377</v>
       </c>
       <c r="H387" t="s">
-        <v>1375</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1376</v>
+        <v>1379</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>624</v>
+        <v>591</v>
       </c>
       <c r="D388" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E388" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F388" t="s">
-        <v>1377</v>
+        <v>1380</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1378</v>
+        <v>1381</v>
       </c>
       <c r="H388" t="s">
-        <v>1379</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1380</v>
+        <v>1383</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>628</v>
+        <v>595</v>
       </c>
       <c r="D389" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E389" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F389" t="s">
-        <v>37</v>
+        <v>1384</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="H389" t="s">
-        <v>1382</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1383</v>
+        <v>1387</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>632</v>
+        <v>599</v>
       </c>
       <c r="D390" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E390" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F390" t="s">
-        <v>23</v>
+        <v>100</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1384</v>
+        <v>1388</v>
       </c>
       <c r="H390" t="s">
-        <v>1385</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1386</v>
+        <v>1390</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>636</v>
+        <v>603</v>
       </c>
       <c r="D391" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E391" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F391" t="s">
-        <v>1387</v>
+        <v>13</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1388</v>
+        <v>1391</v>
       </c>
       <c r="H391" t="s">
-        <v>1389</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1390</v>
+        <v>1393</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>640</v>
+        <v>607</v>
       </c>
       <c r="D392" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E392" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F392" t="s">
-        <v>77</v>
+        <v>37</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="H392" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1393</v>
+        <v>1396</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>644</v>
+        <v>611</v>
       </c>
       <c r="D393" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E393" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F393" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1394</v>
+        <v>1397</v>
       </c>
       <c r="H393" t="s">
-        <v>1395</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1396</v>
+        <v>1399</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>648</v>
+        <v>615</v>
       </c>
       <c r="D394" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E394" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F394" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1397</v>
+        <v>1400</v>
       </c>
       <c r="H394" t="s">
-        <v>1398</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1399</v>
+        <v>1402</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>651</v>
+        <v>619</v>
       </c>
       <c r="D395" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E395" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F395" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1400</v>
+        <v>1403</v>
       </c>
       <c r="H395" t="s">
-        <v>1401</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1402</v>
+        <v>1405</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>654</v>
+        <v>623</v>
       </c>
       <c r="D396" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E396" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F396" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1403</v>
+        <v>1406</v>
       </c>
       <c r="H396" t="s">
-        <v>1404</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1405</v>
+        <v>1408</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>658</v>
+        <v>627</v>
       </c>
       <c r="D397" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E397" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F397" t="s">
-        <v>18</v>
+        <v>77</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1406</v>
+        <v>1409</v>
       </c>
       <c r="H397" t="s">
-        <v>1407</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1408</v>
+        <v>1411</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>662</v>
+        <v>631</v>
       </c>
       <c r="D398" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E398" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F398" t="s">
-        <v>94</v>
+        <v>13</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1409</v>
+        <v>1412</v>
       </c>
       <c r="H398" t="s">
-        <v>1410</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1411</v>
+        <v>1414</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>666</v>
+        <v>635</v>
       </c>
       <c r="D399" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E399" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F399" t="s">
-        <v>94</v>
+        <v>37</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1412</v>
+        <v>1415</v>
       </c>
       <c r="H399" t="s">
-        <v>1413</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1414</v>
+        <v>1417</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>670</v>
+        <v>639</v>
       </c>
       <c r="D400" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E400" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F400" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1415</v>
+        <v>1418</v>
       </c>
       <c r="H400" t="s">
-        <v>1416</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1417</v>
+        <v>1420</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>674</v>
+        <v>643</v>
       </c>
       <c r="D401" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E401" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F401" t="s">
-        <v>50</v>
+        <v>1421</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1418</v>
+        <v>1422</v>
       </c>
       <c r="H401" t="s">
-        <v>1419</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1420</v>
+        <v>1424</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>678</v>
+        <v>647</v>
       </c>
       <c r="D402" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E402" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F402" t="s">
-        <v>1421</v>
+        <v>37</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1422</v>
+        <v>1425</v>
       </c>
       <c r="H402" t="s">
-        <v>1423</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1424</v>
+        <v>1427</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>682</v>
+        <v>651</v>
       </c>
       <c r="D403" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E403" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F403" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1425</v>
+        <v>1428</v>
       </c>
       <c r="H403" t="s">
-        <v>1426</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1427</v>
+        <v>1430</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>686</v>
+        <v>655</v>
       </c>
       <c r="D404" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E404" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F404" t="s">
-        <v>23</v>
+        <v>1431</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1428</v>
+        <v>1432</v>
       </c>
       <c r="H404" t="s">
-        <v>1429</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1430</v>
+        <v>1434</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>690</v>
+        <v>659</v>
       </c>
       <c r="D405" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E405" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F405" t="s">
-        <v>1431</v>
+        <v>77</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1432</v>
+        <v>1435</v>
       </c>
       <c r="H405" t="s">
-        <v>1433</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1434</v>
+        <v>1437</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>694</v>
+        <v>663</v>
       </c>
       <c r="D406" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E406" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F406" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1435</v>
+        <v>1438</v>
       </c>
       <c r="H406" t="s">
-        <v>1436</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1437</v>
+        <v>1440</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>697</v>
+        <v>667</v>
       </c>
       <c r="D407" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E407" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F407" t="s">
-        <v>77</v>
+        <v>28</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1438</v>
+        <v>1441</v>
       </c>
       <c r="H407" t="s">
-        <v>1439</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1440</v>
+        <v>1443</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>701</v>
+        <v>670</v>
       </c>
       <c r="D408" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E408" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F408" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1441</v>
+        <v>1444</v>
       </c>
       <c r="H408" t="s">
-        <v>1442</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1443</v>
+        <v>1446</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>705</v>
+        <v>673</v>
       </c>
       <c r="D409" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E409" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F409" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1444</v>
+        <v>1447</v>
       </c>
       <c r="H409" t="s">
-        <v>1445</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1446</v>
+        <v>1449</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>709</v>
+        <v>677</v>
       </c>
       <c r="D410" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E410" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F410" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1447</v>
+        <v>1450</v>
       </c>
       <c r="H410" t="s">
-        <v>1448</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1449</v>
+        <v>1452</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>713</v>
+        <v>681</v>
       </c>
       <c r="D411" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E411" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F411" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1450</v>
+        <v>1453</v>
       </c>
       <c r="H411" t="s">
-        <v>1451</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1452</v>
+        <v>1455</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>717</v>
+        <v>685</v>
       </c>
       <c r="D412" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E412" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F412" t="s">
-        <v>37</v>
+        <v>94</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1453</v>
+        <v>1456</v>
       </c>
       <c r="H412" t="s">
-        <v>1454</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1455</v>
+        <v>1458</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>721</v>
+        <v>689</v>
       </c>
       <c r="D413" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E413" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F413" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1456</v>
+        <v>1459</v>
       </c>
       <c r="H413" t="s">
-        <v>1457</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>725</v>
+        <v>693</v>
       </c>
       <c r="D414" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E414" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F414" t="s">
         <v>50</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="H414" t="s">
-        <v>1460</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1461</v>
+        <v>1464</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>729</v>
+        <v>697</v>
       </c>
       <c r="D415" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E415" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F415" t="s">
-        <v>28</v>
+        <v>1465</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1462</v>
+        <v>1466</v>
       </c>
       <c r="H415" t="s">
-        <v>1463</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1464</v>
+        <v>1468</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>733</v>
+        <v>701</v>
       </c>
       <c r="D416" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E416" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F416" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1465</v>
+        <v>1469</v>
       </c>
       <c r="H416" t="s">
-        <v>1466</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1467</v>
+        <v>1471</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>737</v>
+        <v>705</v>
       </c>
       <c r="D417" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E417" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F417" t="s">
-        <v>94</v>
+        <v>23</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1468</v>
+        <v>1472</v>
       </c>
       <c r="H417" t="s">
-        <v>1469</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1470</v>
+        <v>1474</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>741</v>
+        <v>709</v>
       </c>
       <c r="D418" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E418" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F418" t="s">
-        <v>77</v>
+        <v>1475</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1471</v>
+        <v>1476</v>
       </c>
       <c r="H418" t="s">
-        <v>1472</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1473</v>
+        <v>1478</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>745</v>
+        <v>713</v>
       </c>
       <c r="D419" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E419" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F419" t="s">
-        <v>1308</v>
+        <v>37</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1474</v>
+        <v>1479</v>
       </c>
       <c r="H419" t="s">
-        <v>1475</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1476</v>
+        <v>1481</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>748</v>
+        <v>716</v>
       </c>
       <c r="D420" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E420" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F420" t="s">
-        <v>13</v>
+        <v>77</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1477</v>
+        <v>1482</v>
       </c>
       <c r="H420" t="s">
-        <v>1478</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1479</v>
+        <v>1484</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>752</v>
+        <v>720</v>
       </c>
       <c r="D421" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E421" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F421" t="s">
         <v>23</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1480</v>
+        <v>1485</v>
       </c>
       <c r="H421" t="s">
-        <v>1481</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1482</v>
+        <v>1487</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>756</v>
+        <v>724</v>
       </c>
       <c r="D422" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E422" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F422" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1483</v>
+        <v>1488</v>
       </c>
       <c r="H422" t="s">
-        <v>1484</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1485</v>
+        <v>1490</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>760</v>
+        <v>728</v>
       </c>
       <c r="D423" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E423" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F423" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1486</v>
+        <v>1491</v>
       </c>
       <c r="H423" t="s">
-        <v>1487</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1488</v>
+        <v>1493</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>763</v>
+        <v>732</v>
       </c>
       <c r="D424" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E424" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F424" t="s">
-        <v>28</v>
+        <v>100</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1489</v>
+        <v>1494</v>
       </c>
       <c r="H424" t="s">
-        <v>1490</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1491</v>
+        <v>1496</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>766</v>
+        <v>736</v>
       </c>
       <c r="D425" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E425" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F425" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1492</v>
+        <v>1497</v>
       </c>
       <c r="H425" t="s">
-        <v>1493</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1494</v>
+        <v>1499</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>769</v>
+        <v>740</v>
       </c>
       <c r="D426" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E426" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F426" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1495</v>
+        <v>1500</v>
       </c>
       <c r="H426" t="s">
-        <v>1496</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1497</v>
+        <v>1502</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>772</v>
+        <v>744</v>
       </c>
       <c r="D427" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E427" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F427" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1498</v>
+        <v>1503</v>
       </c>
       <c r="H427" t="s">
-        <v>1499</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1500</v>
+        <v>1505</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>775</v>
+        <v>748</v>
       </c>
       <c r="D428" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E428" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F428" t="s">
-        <v>1387</v>
+        <v>28</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="H428" t="s">
-        <v>1502</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1503</v>
+        <v>1508</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>779</v>
+        <v>752</v>
       </c>
       <c r="D429" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E429" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F429" t="s">
-        <v>1504</v>
+        <v>23</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1505</v>
+        <v>1509</v>
       </c>
       <c r="H429" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1507</v>
+        <v>1511</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>783</v>
+        <v>756</v>
       </c>
       <c r="D430" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E430" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F430" t="s">
-        <v>50</v>
+        <v>94</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1508</v>
+        <v>1512</v>
       </c>
       <c r="H430" t="s">
-        <v>1509</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1510</v>
+        <v>1514</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>786</v>
+        <v>760</v>
       </c>
       <c r="D431" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E431" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F431" t="s">
-        <v>1511</v>
+        <v>77</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1512</v>
+        <v>1515</v>
       </c>
       <c r="H431" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1514</v>
+        <v>1517</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>790</v>
+        <v>764</v>
       </c>
       <c r="D432" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E432" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F432" t="s">
-        <v>23</v>
+        <v>1352</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1515</v>
+        <v>1518</v>
       </c>
       <c r="H432" t="s">
-        <v>1516</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1517</v>
+        <v>1520</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>794</v>
+        <v>767</v>
       </c>
       <c r="D433" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E433" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F433" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1518</v>
+        <v>1521</v>
       </c>
       <c r="H433" t="s">
-        <v>1519</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1520</v>
+        <v>1523</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>798</v>
+        <v>771</v>
       </c>
       <c r="D434" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E434" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F434" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1521</v>
+        <v>1524</v>
       </c>
       <c r="H434" t="s">
-        <v>1522</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>801</v>
+        <v>775</v>
       </c>
       <c r="D435" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E435" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F435" t="s">
-        <v>77</v>
+        <v>50</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1524</v>
+        <v>1527</v>
       </c>
       <c r="H435" t="s">
-        <v>1525</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1526</v>
+        <v>1529</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>805</v>
+        <v>779</v>
       </c>
       <c r="D436" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E436" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F436" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1527</v>
+        <v>1530</v>
       </c>
       <c r="H436" t="s">
-        <v>1528</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1529</v>
+        <v>1532</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>809</v>
+        <v>782</v>
       </c>
       <c r="D437" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E437" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F437" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1530</v>
+        <v>1533</v>
       </c>
       <c r="H437" t="s">
-        <v>1531</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1532</v>
+        <v>1535</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>812</v>
+        <v>785</v>
       </c>
       <c r="D438" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E438" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F438" t="s">
-        <v>100</v>
+        <v>13</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1533</v>
+        <v>1536</v>
       </c>
       <c r="H438" t="s">
-        <v>1534</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1535</v>
+        <v>1538</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>815</v>
+        <v>788</v>
       </c>
       <c r="D439" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E439" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F439" t="s">
-        <v>94</v>
+        <v>37</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1536</v>
+        <v>1539</v>
       </c>
       <c r="H439" t="s">
-        <v>1537</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1538</v>
+        <v>1541</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>818</v>
+        <v>791</v>
       </c>
       <c r="D440" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E440" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F440" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1539</v>
+        <v>1542</v>
       </c>
       <c r="H440" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>821</v>
+        <v>794</v>
       </c>
       <c r="D441" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E441" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F441" t="s">
-        <v>23</v>
+        <v>1431</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1542</v>
+        <v>1545</v>
       </c>
       <c r="H441" t="s">
-        <v>1543</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1544</v>
+        <v>1547</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>824</v>
+        <v>798</v>
       </c>
       <c r="D442" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E442" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F442" t="s">
-        <v>18</v>
+        <v>1548</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="H442" t="s">
-        <v>1546</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>827</v>
+        <v>802</v>
       </c>
       <c r="D443" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E443" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F443" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
       <c r="H443" t="s">
-        <v>1549</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1550</v>
+        <v>1554</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>831</v>
+        <v>805</v>
       </c>
       <c r="D444" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E444" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F444" t="s">
-        <v>37</v>
+        <v>1555</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1551</v>
+        <v>1556</v>
       </c>
       <c r="H444" t="s">
-        <v>1552</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1553</v>
+        <v>1558</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>834</v>
+        <v>809</v>
       </c>
       <c r="D445" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E445" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F445" t="s">
         <v>23</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1554</v>
+        <v>1559</v>
       </c>
       <c r="H445" t="s">
-        <v>1555</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1556</v>
+        <v>1561</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>838</v>
+        <v>813</v>
       </c>
       <c r="D446" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E446" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F446" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1557</v>
+        <v>1562</v>
       </c>
       <c r="H446" t="s">
-        <v>1558</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1559</v>
+        <v>1564</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>842</v>
+        <v>817</v>
       </c>
       <c r="D447" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E447" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F447" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1560</v>
+        <v>1565</v>
       </c>
       <c r="H447" t="s">
-        <v>1561</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1562</v>
+        <v>1567</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>846</v>
+        <v>820</v>
       </c>
       <c r="D448" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E448" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F448" t="s">
-        <v>28</v>
+        <v>77</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1563</v>
+        <v>1568</v>
       </c>
       <c r="H448" t="s">
-        <v>1564</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1565</v>
+        <v>1570</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>850</v>
+        <v>824</v>
       </c>
       <c r="D449" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E449" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F449" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1566</v>
+        <v>1571</v>
       </c>
       <c r="H449" t="s">
-        <v>1567</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1568</v>
+        <v>1573</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>854</v>
+        <v>828</v>
       </c>
       <c r="D450" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E450" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F450" t="s">
-        <v>1569</v>
+        <v>37</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1570</v>
+        <v>1574</v>
       </c>
       <c r="H450" t="s">
-        <v>1571</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1572</v>
+        <v>1576</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>858</v>
+        <v>831</v>
       </c>
       <c r="D451" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E451" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F451" t="s">
-        <v>77</v>
+        <v>100</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1573</v>
+        <v>1577</v>
       </c>
       <c r="H451" t="s">
-        <v>1574</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1575</v>
+        <v>1579</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>861</v>
+        <v>834</v>
       </c>
       <c r="D452" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E452" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F452" t="s">
-        <v>23</v>
+        <v>94</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="H452" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1578</v>
+        <v>1582</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>865</v>
+        <v>837</v>
       </c>
       <c r="D453" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E453" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F453" t="s">
-        <v>1579</v>
+        <v>50</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
       <c r="H453" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>869</v>
+        <v>840</v>
       </c>
       <c r="D454" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E454" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F454" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="H454" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1585</v>
+        <v>1588</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>873</v>
+        <v>843</v>
       </c>
       <c r="D455" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E455" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F455" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1586</v>
+        <v>1589</v>
       </c>
       <c r="H455" t="s">
-        <v>1587</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1588</v>
+        <v>1591</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>876</v>
+        <v>846</v>
       </c>
       <c r="D456" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E456" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F456" t="s">
-        <v>77</v>
+        <v>28</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1589</v>
+        <v>1592</v>
       </c>
       <c r="H456" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>880</v>
+        <v>850</v>
       </c>
       <c r="D457" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E457" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F457" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1592</v>
+        <v>1595</v>
       </c>
       <c r="H457" t="s">
-        <v>1593</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1594</v>
+        <v>1597</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>884</v>
+        <v>853</v>
       </c>
       <c r="D458" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E458" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F458" t="s">
-        <v>1431</v>
+        <v>23</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1595</v>
+        <v>1598</v>
       </c>
       <c r="H458" t="s">
-        <v>1596</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1597</v>
+        <v>1600</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>888</v>
+        <v>857</v>
       </c>
       <c r="D459" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E459" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F459" t="s">
         <v>50</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1598</v>
+        <v>1601</v>
       </c>
       <c r="H459" t="s">
-        <v>1599</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1600</v>
+        <v>1603</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>892</v>
+        <v>861</v>
       </c>
       <c r="D460" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E460" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F460" t="s">
-        <v>1387</v>
+        <v>28</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1601</v>
+        <v>1604</v>
       </c>
       <c r="H460" t="s">
-        <v>1602</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1603</v>
+        <v>1606</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>896</v>
+        <v>865</v>
       </c>
       <c r="D461" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E461" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F461" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1604</v>
+        <v>1607</v>
       </c>
       <c r="H461" t="s">
-        <v>1605</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1606</v>
+        <v>1609</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>900</v>
+        <v>869</v>
       </c>
       <c r="D462" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E462" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F462" t="s">
-        <v>77</v>
+        <v>37</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="H462" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1609</v>
+        <v>1612</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>904</v>
+        <v>873</v>
       </c>
       <c r="D463" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E463" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F463" t="s">
-        <v>94</v>
+        <v>1613</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1610</v>
+        <v>1614</v>
       </c>
       <c r="H463" t="s">
-        <v>1611</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1612</v>
+        <v>1616</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>907</v>
+        <v>877</v>
       </c>
       <c r="D464" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E464" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F464" t="s">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1613</v>
+        <v>1617</v>
       </c>
       <c r="H464" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>910</v>
+        <v>880</v>
       </c>
       <c r="D465" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E465" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F465" t="s">
-        <v>1431</v>
+        <v>23</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="H465" t="s">
-        <v>1617</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1618</v>
+        <v>1622</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>913</v>
+        <v>884</v>
       </c>
       <c r="D466" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E466" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F466" t="s">
-        <v>37</v>
+        <v>1623</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1619</v>
+        <v>1624</v>
       </c>
       <c r="H466" t="s">
-        <v>1620</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1621</v>
+        <v>1626</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>917</v>
+        <v>888</v>
       </c>
       <c r="D467" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E467" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F467" t="s">
-        <v>1622</v>
+        <v>77</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1623</v>
+        <v>1627</v>
       </c>
       <c r="H467" t="s">
-        <v>1624</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1625</v>
+        <v>1629</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>921</v>
+        <v>892</v>
       </c>
       <c r="D468" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E468" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F468" t="s">
-        <v>1626</v>
+        <v>23</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="H468" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>925</v>
+        <v>895</v>
       </c>
       <c r="D469" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E469" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F469" t="s">
-        <v>1630</v>
+        <v>77</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="H469" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>929</v>
+        <v>899</v>
       </c>
       <c r="D470" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E470" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F470" t="s">
-        <v>77</v>
+        <v>13</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="H470" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>933</v>
+        <v>903</v>
       </c>
       <c r="D471" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E471" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F471" t="s">
-        <v>18</v>
+        <v>1475</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="H471" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>936</v>
+        <v>907</v>
       </c>
       <c r="D472" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E472" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F472" t="s">
         <v>50</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="H472" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>939</v>
+        <v>911</v>
       </c>
       <c r="D473" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E473" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F473" t="s">
-        <v>23</v>
+        <v>1431</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="H473" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>942</v>
+        <v>915</v>
       </c>
       <c r="D474" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E474" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F474" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="H474" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>946</v>
+        <v>919</v>
       </c>
       <c r="D475" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E475" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F475" t="s">
-        <v>37</v>
+        <v>77</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="H475" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>949</v>
+        <v>923</v>
       </c>
       <c r="D476" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E476" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F476" t="s">
-        <v>77</v>
+        <v>94</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="H476" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>953</v>
+        <v>926</v>
       </c>
       <c r="D477" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E477" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F477" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="H477" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1657</v>
+        <v>1659</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>957</v>
+        <v>929</v>
       </c>
       <c r="D478" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E478" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F478" t="s">
-        <v>23</v>
+        <v>1475</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="H478" t="s">
-        <v>1659</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>960</v>
+        <v>932</v>
       </c>
       <c r="D479" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E479" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F479" t="s">
-        <v>1387</v>
+        <v>37</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
       <c r="H479" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>964</v>
+        <v>936</v>
       </c>
       <c r="D480" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E480" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F480" t="s">
-        <v>50</v>
+        <v>1666</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1664</v>
+        <v>1667</v>
       </c>
       <c r="H480" t="s">
-        <v>1665</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1666</v>
+        <v>1669</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>968</v>
+        <v>940</v>
       </c>
       <c r="D481" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E481" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F481" t="s">
-        <v>331</v>
+        <v>1670</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1667</v>
+        <v>1671</v>
       </c>
       <c r="H481" t="s">
-        <v>1668</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1669</v>
+        <v>1673</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>972</v>
+        <v>944</v>
       </c>
       <c r="D482" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E482" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F482" t="s">
-        <v>77</v>
+        <v>1674</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1670</v>
+        <v>1675</v>
       </c>
       <c r="H482" t="s">
-        <v>1671</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1672</v>
+        <v>1677</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>976</v>
+        <v>948</v>
       </c>
       <c r="D483" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E483" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F483" t="s">
-        <v>28</v>
+        <v>77</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1673</v>
+        <v>1678</v>
       </c>
       <c r="H483" t="s">
-        <v>1674</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>1675</v>
+        <v>1680</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>980</v>
+        <v>952</v>
       </c>
       <c r="D484" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E484" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F484" t="s">
         <v>18</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1676</v>
+        <v>1681</v>
       </c>
       <c r="H484" t="s">
-        <v>1677</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>1678</v>
+        <v>1683</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>984</v>
+        <v>955</v>
       </c>
       <c r="D485" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E485" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F485" t="s">
-        <v>1679</v>
+        <v>50</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="H485" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>988</v>
+        <v>958</v>
       </c>
       <c r="D486" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E486" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F486" t="s">
-        <v>77</v>
+        <v>23</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1683</v>
+        <v>1687</v>
       </c>
       <c r="H486" t="s">
-        <v>1684</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1685</v>
+        <v>1689</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>992</v>
+        <v>961</v>
       </c>
       <c r="D487" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E487" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F487" t="s">
-        <v>94</v>
+        <v>13</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1686</v>
+        <v>1690</v>
       </c>
       <c r="H487" t="s">
-        <v>1687</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>1688</v>
+        <v>1692</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>995</v>
+        <v>965</v>
       </c>
       <c r="D488" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E488" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F488" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1689</v>
+        <v>1693</v>
       </c>
       <c r="H488" t="s">
-        <v>1690</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1691</v>
+        <v>1695</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>999</v>
+        <v>968</v>
       </c>
       <c r="D489" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E489" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F489" t="s">
-        <v>1692</v>
+        <v>77</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1693</v>
+        <v>1696</v>
       </c>
       <c r="H489" t="s">
-        <v>1694</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>1003</v>
+        <v>972</v>
       </c>
       <c r="D490" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E490" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F490" t="s">
-        <v>1696</v>
+        <v>28</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1697</v>
+        <v>1699</v>
       </c>
       <c r="H490" t="s">
-        <v>1698</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>1007</v>
+        <v>976</v>
       </c>
       <c r="D491" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E491" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F491" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="H491" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>1011</v>
+        <v>979</v>
       </c>
       <c r="D492" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E492" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F492" t="s">
-        <v>77</v>
+        <v>1431</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1703</v>
+        <v>1705</v>
       </c>
       <c r="H492" t="s">
-        <v>1704</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>1015</v>
+        <v>983</v>
       </c>
       <c r="D493" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E493" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F493" t="s">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1706</v>
+        <v>1708</v>
       </c>
       <c r="H493" t="s">
-        <v>1707</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1708</v>
+        <v>1710</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>1019</v>
+        <v>987</v>
       </c>
       <c r="D494" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E494" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F494" t="s">
-        <v>50</v>
+        <v>331</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1709</v>
+        <v>1711</v>
       </c>
       <c r="H494" t="s">
-        <v>1710</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1711</v>
+        <v>1713</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>1023</v>
+        <v>991</v>
       </c>
       <c r="D495" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E495" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F495" t="s">
-        <v>37</v>
+        <v>77</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1712</v>
+        <v>1714</v>
       </c>
       <c r="H495" t="s">
-        <v>1713</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1714</v>
+        <v>1716</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>1027</v>
+        <v>995</v>
       </c>
       <c r="D496" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E496" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F496" t="s">
         <v>28</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1715</v>
+        <v>1717</v>
       </c>
       <c r="H496" t="s">
-        <v>1716</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1717</v>
+        <v>1719</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>1031</v>
+        <v>999</v>
       </c>
       <c r="D497" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E497" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F497" t="s">
-        <v>1718</v>
+        <v>18</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="H497" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>1034</v>
+        <v>1003</v>
       </c>
       <c r="D498" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E498" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F498" t="s">
-        <v>1504</v>
+        <v>1723</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="H498" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>1038</v>
+        <v>1007</v>
       </c>
       <c r="D499" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E499" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F499" t="s">
-        <v>94</v>
+        <v>77</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
       <c r="H499" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>1042</v>
+        <v>1011</v>
       </c>
       <c r="D500" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E500" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F500" t="s">
-        <v>50</v>
+        <v>94</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="H500" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>1046</v>
+        <v>1014</v>
       </c>
       <c r="D501" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E501" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F501" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="H501" t="s">
-        <v>1732</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>1050</v>
+        <v>1018</v>
       </c>
       <c r="D502" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E502" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F502" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="H502" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>1054</v>
+        <v>1022</v>
       </c>
       <c r="D503" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E503" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F503" t="s">
-        <v>28</v>
+        <v>1740</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1738</v>
+        <v>1741</v>
       </c>
       <c r="H503" t="s">
-        <v>1739</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1740</v>
+        <v>1743</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>1057</v>
+        <v>1026</v>
       </c>
       <c r="D504" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E504" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F504" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1741</v>
+        <v>1744</v>
       </c>
       <c r="H504" t="s">
-        <v>1742</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>1743</v>
+        <v>1746</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>1061</v>
+        <v>1030</v>
       </c>
       <c r="D505" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E505" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F505" t="s">
         <v>77</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1744</v>
+        <v>1747</v>
       </c>
       <c r="H505" t="s">
-        <v>1745</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>1746</v>
+        <v>1749</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>1065</v>
+        <v>1034</v>
       </c>
       <c r="D506" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E506" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F506" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1747</v>
+        <v>1750</v>
       </c>
       <c r="H506" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>1068</v>
+        <v>1038</v>
       </c>
       <c r="D507" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E507" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F507" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1750</v>
+        <v>1753</v>
       </c>
       <c r="H507" t="s">
-        <v>1751</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>1752</v>
+        <v>1755</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>1072</v>
+        <v>1042</v>
       </c>
       <c r="D508" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E508" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F508" t="s">
-        <v>77</v>
+        <v>37</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1753</v>
+        <v>1756</v>
       </c>
       <c r="H508" t="s">
-        <v>1754</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>1076</v>
+        <v>1046</v>
       </c>
       <c r="D509" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E509" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F509" t="s">
-        <v>94</v>
+        <v>28</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="H509" t="s">
-        <v>1757</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>1080</v>
+        <v>1050</v>
       </c>
       <c r="D510" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E510" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F510" t="s">
-        <v>1759</v>
+        <v>1762</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1760</v>
+        <v>1763</v>
       </c>
       <c r="H510" t="s">
-        <v>1761</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>1762</v>
+        <v>1765</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>1084</v>
+        <v>1053</v>
       </c>
       <c r="D511" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E511" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F511" t="s">
-        <v>1763</v>
+        <v>1548</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1764</v>
+        <v>1766</v>
       </c>
       <c r="H511" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>1766</v>
+        <v>1768</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>1087</v>
+        <v>1057</v>
       </c>
       <c r="D512" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E512" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F512" t="s">
-        <v>81</v>
+        <v>94</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1767</v>
+        <v>1769</v>
       </c>
       <c r="H512" t="s">
-        <v>1768</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>1769</v>
+        <v>1771</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>1090</v>
+        <v>1061</v>
       </c>
       <c r="D513" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E513" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F513" t="s">
-        <v>1511</v>
+        <v>50</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
       <c r="H513" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>1772</v>
+        <v>1774</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>1094</v>
+        <v>1065</v>
       </c>
       <c r="D514" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E514" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F514" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1773</v>
+        <v>1775</v>
       </c>
       <c r="H514" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>1098</v>
+        <v>1069</v>
       </c>
       <c r="D515" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E515" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F515" t="s">
-        <v>1776</v>
+        <v>1778</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1777</v>
+        <v>1779</v>
       </c>
       <c r="H515" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>1102</v>
+        <v>1073</v>
       </c>
       <c r="D516" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E516" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F516" t="s">
-        <v>1780</v>
+        <v>28</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="H516" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>1106</v>
+        <v>1076</v>
       </c>
       <c r="D517" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E517" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F517" t="s">
-        <v>1784</v>
+        <v>28</v>
       </c>
       <c r="G517" s="1" t="s">
         <v>1785</v>
       </c>
       <c r="H517" t="s">
         <v>1786</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
         <v>1787</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>1110</v>
+        <v>1080</v>
       </c>
       <c r="D518" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E518" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F518" t="s">
-        <v>13</v>
+        <v>77</v>
       </c>
       <c r="G518" s="1" t="s">
         <v>1788</v>
       </c>
       <c r="H518" t="s">
         <v>1789</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
         <v>1790</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>1113</v>
+        <v>1084</v>
       </c>
       <c r="D519" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E519" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F519" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G519" s="1" t="s">
         <v>1791</v>
       </c>
       <c r="H519" t="s">
         <v>1792</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
         <v>1793</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>1794</v>
+        <v>1087</v>
       </c>
       <c r="D520" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E520" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F520" t="s">
         <v>37</v>
       </c>
       <c r="G520" s="1" t="s">
+        <v>1794</v>
+      </c>
+      <c r="H520" t="s">
         <v>1795</v>
-      </c>
-[...1 lines deleted...]
-        <v>1796</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B521" t="s">
+        <v>9</v>
+      </c>
+      <c r="C521" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D521" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E521" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F521" t="s">
+        <v>77</v>
+      </c>
+      <c r="G521" s="1" t="s">
         <v>1797</v>
       </c>
-      <c r="B521" t="s">
-[...2 lines deleted...]
-      <c r="C521" t="s">
+      <c r="H521" t="s">
         <v>1798</v>
-      </c>
-[...13 lines deleted...]
-        <v>1801</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>1802</v>
+        <v>1799</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>1803</v>
+        <v>1095</v>
       </c>
       <c r="D522" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E522" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F522" t="s">
-        <v>1336</v>
+        <v>94</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1804</v>
+        <v>1800</v>
       </c>
       <c r="H522" t="s">
-        <v>1805</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>1806</v>
+        <v>1802</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>1807</v>
+        <v>1099</v>
       </c>
       <c r="D523" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E523" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F523" t="s">
-        <v>77</v>
+        <v>1803</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1808</v>
+        <v>1804</v>
       </c>
       <c r="H523" t="s">
-        <v>1809</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>1810</v>
+        <v>1806</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>1811</v>
+        <v>1103</v>
       </c>
       <c r="D524" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E524" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F524" t="s">
-        <v>37</v>
+        <v>1807</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1812</v>
+        <v>1808</v>
       </c>
       <c r="H524" t="s">
-        <v>1813</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>1814</v>
+        <v>1810</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>1815</v>
+        <v>1106</v>
       </c>
       <c r="D525" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E525" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F525" t="s">
-        <v>1336</v>
+        <v>81</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>1816</v>
+        <v>1811</v>
       </c>
       <c r="H525" t="s">
-        <v>1817</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>1818</v>
+        <v>1813</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>1819</v>
+        <v>1109</v>
       </c>
       <c r="D526" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E526" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F526" t="s">
-        <v>18</v>
+        <v>1555</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>1820</v>
+        <v>1814</v>
       </c>
       <c r="H526" t="s">
-        <v>1821</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>1822</v>
+        <v>1816</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>1823</v>
+        <v>1113</v>
       </c>
       <c r="D527" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E527" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F527" t="s">
-        <v>324</v>
+        <v>18</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>1824</v>
+        <v>1817</v>
       </c>
       <c r="H527" t="s">
-        <v>1825</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>1826</v>
+        <v>1819</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>1827</v>
+        <v>1117</v>
       </c>
       <c r="D528" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E528" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F528" t="s">
-        <v>77</v>
+        <v>1820</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>1828</v>
+        <v>1821</v>
       </c>
       <c r="H528" t="s">
-        <v>1829</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>1830</v>
+        <v>1823</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>1831</v>
+        <v>1121</v>
       </c>
       <c r="D529" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E529" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F529" t="s">
-        <v>37</v>
+        <v>1824</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>1832</v>
+        <v>1825</v>
       </c>
       <c r="H529" t="s">
-        <v>1833</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>1834</v>
+        <v>1827</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>1835</v>
+        <v>1125</v>
       </c>
       <c r="D530" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E530" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F530" t="s">
-        <v>50</v>
+        <v>1828</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>1836</v>
+        <v>1829</v>
       </c>
       <c r="H530" t="s">
-        <v>1837</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>1838</v>
+        <v>1831</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>1839</v>
+        <v>1129</v>
       </c>
       <c r="D531" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E531" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F531" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>1840</v>
+        <v>1832</v>
       </c>
       <c r="H531" t="s">
-        <v>1841</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>1842</v>
+        <v>1834</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>1843</v>
+        <v>1132</v>
       </c>
       <c r="D532" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E532" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F532" t="s">
-        <v>1844</v>
+        <v>18</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>1845</v>
+        <v>1835</v>
       </c>
       <c r="H532" t="s">
-        <v>1846</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>1847</v>
+        <v>1837</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>1848</v>
+        <v>1136</v>
       </c>
       <c r="D533" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E533" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F533" t="s">
-        <v>100</v>
+        <v>37</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>1849</v>
+        <v>1838</v>
       </c>
       <c r="H533" t="s">
-        <v>1850</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>1851</v>
+        <v>1840</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>1852</v>
+        <v>1140</v>
       </c>
       <c r="D534" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E534" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F534" t="s">
-        <v>18</v>
+        <v>1841</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>1853</v>
+        <v>1842</v>
       </c>
       <c r="H534" t="s">
-        <v>1854</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>1855</v>
+        <v>1844</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>1856</v>
+        <v>1144</v>
       </c>
       <c r="D535" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E535" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F535" t="s">
-        <v>50</v>
+        <v>1380</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>1857</v>
+        <v>1845</v>
       </c>
       <c r="H535" t="s">
-        <v>1858</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>1859</v>
+        <v>1847</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>1860</v>
+        <v>1148</v>
       </c>
       <c r="D536" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E536" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F536" t="s">
-        <v>1861</v>
+        <v>77</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>1862</v>
+        <v>1848</v>
       </c>
       <c r="H536" t="s">
-        <v>1863</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>1864</v>
+        <v>1850</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>1865</v>
+        <v>1152</v>
       </c>
       <c r="D537" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E537" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F537" t="s">
-        <v>1844</v>
+        <v>37</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>1866</v>
+        <v>1851</v>
       </c>
       <c r="H537" t="s">
-        <v>1867</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>1868</v>
+        <v>1853</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>1869</v>
+        <v>1155</v>
       </c>
       <c r="D538" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E538" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F538" t="s">
-        <v>94</v>
+        <v>1380</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>1870</v>
+        <v>1854</v>
       </c>
       <c r="H538" t="s">
-        <v>1871</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>1872</v>
+        <v>1856</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>1873</v>
+        <v>1857</v>
       </c>
       <c r="D539" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E539" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F539" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>1874</v>
+        <v>1858</v>
       </c>
       <c r="H539" t="s">
-        <v>1875</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>1876</v>
+        <v>1860</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>1877</v>
+        <v>1861</v>
       </c>
       <c r="D540" t="s">
-        <v>1161</v>
+        <v>1205</v>
       </c>
       <c r="E540" t="s">
-        <v>1162</v>
+        <v>1206</v>
       </c>
       <c r="F540" t="s">
-        <v>1878</v>
+        <v>324</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>1879</v>
+        <v>1862</v>
       </c>
       <c r="H540" t="s">
-        <v>1880</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>1881</v>
+        <v>1864</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>10</v>
+        <v>1865</v>
       </c>
       <c r="D541" t="s">
-        <v>1882</v>
+        <v>1205</v>
       </c>
       <c r="E541" t="s">
-        <v>1883</v>
+        <v>1206</v>
       </c>
       <c r="F541" t="s">
-        <v>23</v>
+        <v>77</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>1884</v>
+        <v>1866</v>
       </c>
       <c r="H541" t="s">
-        <v>1885</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>1886</v>
+        <v>1868</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>10</v>
+        <v>1869</v>
       </c>
       <c r="D542" t="s">
-        <v>1887</v>
+        <v>1205</v>
       </c>
       <c r="E542" t="s">
-        <v>1888</v>
+        <v>1206</v>
       </c>
       <c r="F542" t="s">
-        <v>1889</v>
+        <v>37</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>1890</v>
+        <v>1870</v>
       </c>
       <c r="H542" t="s">
-        <v>1891</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>1892</v>
+        <v>1872</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>10</v>
+        <v>1873</v>
       </c>
       <c r="D543" t="s">
-        <v>1893</v>
+        <v>1205</v>
       </c>
       <c r="E543" t="s">
-        <v>1894</v>
+        <v>1206</v>
       </c>
       <c r="F543" t="s">
-        <v>366</v>
+        <v>50</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>1895</v>
+        <v>1874</v>
       </c>
       <c r="H543" t="s">
-        <v>1896</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>1897</v>
+        <v>1876</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>17</v>
+        <v>1877</v>
       </c>
       <c r="D544" t="s">
-        <v>1893</v>
+        <v>1205</v>
       </c>
       <c r="E544" t="s">
-        <v>1894</v>
+        <v>1206</v>
       </c>
       <c r="F544" t="s">
-        <v>366</v>
+        <v>18</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>1898</v>
+        <v>1878</v>
       </c>
       <c r="H544" t="s">
-        <v>1899</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
+        <v>1880</v>
+      </c>
+      <c r="B545" t="s">
+        <v>9</v>
+      </c>
+      <c r="C545" t="s">
+        <v>1881</v>
+      </c>
+      <c r="D545" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E545" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F545" t="s">
+        <v>1882</v>
+      </c>
+      <c r="G545" s="1" t="s">
+        <v>1883</v>
+      </c>
+      <c r="H545" t="s">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="546" spans="1:8">
+      <c r="A546" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B546" t="s">
+        <v>9</v>
+      </c>
+      <c r="C546" t="s">
+        <v>1886</v>
+      </c>
+      <c r="D546" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E546" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F546" t="s">
+        <v>100</v>
+      </c>
+      <c r="G546" s="1" t="s">
+        <v>1887</v>
+      </c>
+      <c r="H546" t="s">
+        <v>1888</v>
+      </c>
+    </row>
+    <row r="547" spans="1:8">
+      <c r="A547" t="s">
+        <v>1889</v>
+      </c>
+      <c r="B547" t="s">
+        <v>9</v>
+      </c>
+      <c r="C547" t="s">
+        <v>1890</v>
+      </c>
+      <c r="D547" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E547" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F547" t="s">
+        <v>18</v>
+      </c>
+      <c r="G547" s="1" t="s">
+        <v>1891</v>
+      </c>
+      <c r="H547" t="s">
+        <v>1892</v>
+      </c>
+    </row>
+    <row r="548" spans="1:8">
+      <c r="A548" t="s">
+        <v>1893</v>
+      </c>
+      <c r="B548" t="s">
+        <v>9</v>
+      </c>
+      <c r="C548" t="s">
+        <v>1894</v>
+      </c>
+      <c r="D548" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E548" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F548" t="s">
+        <v>50</v>
+      </c>
+      <c r="G548" s="1" t="s">
+        <v>1895</v>
+      </c>
+      <c r="H548" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="549" spans="1:8">
+      <c r="A549" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B549" t="s">
+        <v>9</v>
+      </c>
+      <c r="C549" t="s">
+        <v>1898</v>
+      </c>
+      <c r="D549" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E549" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F549" t="s">
+        <v>1899</v>
+      </c>
+      <c r="G549" s="1" t="s">
         <v>1900</v>
       </c>
-      <c r="B545" t="s">
-[...2 lines deleted...]
-      <c r="C545" t="s">
+      <c r="H549" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="550" spans="1:8">
+      <c r="A550" t="s">
+        <v>1902</v>
+      </c>
+      <c r="B550" t="s">
+        <v>9</v>
+      </c>
+      <c r="C550" t="s">
+        <v>1903</v>
+      </c>
+      <c r="D550" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E550" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F550" t="s">
+        <v>1882</v>
+      </c>
+      <c r="G550" s="1" t="s">
+        <v>1904</v>
+      </c>
+      <c r="H550" t="s">
+        <v>1905</v>
+      </c>
+    </row>
+    <row r="551" spans="1:8">
+      <c r="A551" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B551" t="s">
+        <v>9</v>
+      </c>
+      <c r="C551" t="s">
+        <v>1907</v>
+      </c>
+      <c r="D551" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E551" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F551" t="s">
+        <v>94</v>
+      </c>
+      <c r="G551" s="1" t="s">
+        <v>1908</v>
+      </c>
+      <c r="H551" t="s">
+        <v>1909</v>
+      </c>
+    </row>
+    <row r="552" spans="1:8">
+      <c r="A552" t="s">
+        <v>1910</v>
+      </c>
+      <c r="B552" t="s">
+        <v>9</v>
+      </c>
+      <c r="C552" t="s">
+        <v>1911</v>
+      </c>
+      <c r="D552" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E552" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F552" t="s">
+        <v>50</v>
+      </c>
+      <c r="G552" s="1" t="s">
+        <v>1912</v>
+      </c>
+      <c r="H552" t="s">
+        <v>1913</v>
+      </c>
+    </row>
+    <row r="553" spans="1:8">
+      <c r="A553" t="s">
+        <v>1914</v>
+      </c>
+      <c r="B553" t="s">
+        <v>9</v>
+      </c>
+      <c r="C553" t="s">
+        <v>1915</v>
+      </c>
+      <c r="D553" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E553" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F553" t="s">
+        <v>1916</v>
+      </c>
+      <c r="G553" s="1" t="s">
+        <v>1917</v>
+      </c>
+      <c r="H553" t="s">
+        <v>1918</v>
+      </c>
+    </row>
+    <row r="554" spans="1:8">
+      <c r="A554" t="s">
+        <v>1919</v>
+      </c>
+      <c r="B554" t="s">
+        <v>9</v>
+      </c>
+      <c r="C554" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D554" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E554" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F554" t="s">
+        <v>18</v>
+      </c>
+      <c r="G554" s="1" t="s">
+        <v>1921</v>
+      </c>
+      <c r="H554" t="s">
+        <v>1922</v>
+      </c>
+    </row>
+    <row r="555" spans="1:8">
+      <c r="A555" t="s">
+        <v>1923</v>
+      </c>
+      <c r="B555" t="s">
+        <v>9</v>
+      </c>
+      <c r="C555" t="s">
+        <v>1924</v>
+      </c>
+      <c r="D555" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E555" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F555" t="s">
+        <v>94</v>
+      </c>
+      <c r="G555" s="1" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H555" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="556" spans="1:8">
+      <c r="A556" t="s">
+        <v>1927</v>
+      </c>
+      <c r="B556" t="s">
+        <v>9</v>
+      </c>
+      <c r="C556" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D556" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E556" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F556" t="s">
+        <v>23</v>
+      </c>
+      <c r="G556" s="1" t="s">
+        <v>1929</v>
+      </c>
+      <c r="H556" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="557" spans="1:8">
+      <c r="A557" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B557" t="s">
+        <v>9</v>
+      </c>
+      <c r="C557" t="s">
+        <v>1932</v>
+      </c>
+      <c r="D557" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E557" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F557" t="s">
+        <v>28</v>
+      </c>
+      <c r="G557" s="1" t="s">
+        <v>1933</v>
+      </c>
+      <c r="H557" t="s">
+        <v>1934</v>
+      </c>
+    </row>
+    <row r="558" spans="1:8">
+      <c r="A558" t="s">
+        <v>1935</v>
+      </c>
+      <c r="B558" t="s">
+        <v>9</v>
+      </c>
+      <c r="C558" t="s">
+        <v>1936</v>
+      </c>
+      <c r="D558" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E558" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F558" t="s">
+        <v>28</v>
+      </c>
+      <c r="G558" s="1" t="s">
+        <v>1937</v>
+      </c>
+      <c r="H558" t="s">
+        <v>1938</v>
+      </c>
+    </row>
+    <row r="559" spans="1:8">
+      <c r="A559" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B559" t="s">
+        <v>9</v>
+      </c>
+      <c r="C559" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D559" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E559" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F559" t="s">
+        <v>18</v>
+      </c>
+      <c r="G559" s="1" t="s">
+        <v>1941</v>
+      </c>
+      <c r="H559" t="s">
+        <v>1942</v>
+      </c>
+    </row>
+    <row r="560" spans="1:8">
+      <c r="A560" t="s">
+        <v>1943</v>
+      </c>
+      <c r="B560" t="s">
+        <v>9</v>
+      </c>
+      <c r="C560" t="s">
+        <v>1944</v>
+      </c>
+      <c r="D560" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E560" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F560" t="s">
+        <v>50</v>
+      </c>
+      <c r="G560" s="1" t="s">
+        <v>1945</v>
+      </c>
+      <c r="H560" t="s">
+        <v>1946</v>
+      </c>
+    </row>
+    <row r="561" spans="1:8">
+      <c r="A561" t="s">
+        <v>1947</v>
+      </c>
+      <c r="B561" t="s">
+        <v>9</v>
+      </c>
+      <c r="C561" t="s">
+        <v>1948</v>
+      </c>
+      <c r="D561" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E561" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F561" t="s">
+        <v>37</v>
+      </c>
+      <c r="G561" s="1" t="s">
+        <v>1949</v>
+      </c>
+      <c r="H561" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="562" spans="1:8">
+      <c r="A562" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B562" t="s">
+        <v>9</v>
+      </c>
+      <c r="C562" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D562" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E562" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F562" t="s">
+        <v>100</v>
+      </c>
+      <c r="G562" s="1" t="s">
+        <v>1953</v>
+      </c>
+      <c r="H562" t="s">
+        <v>1954</v>
+      </c>
+    </row>
+    <row r="563" spans="1:8">
+      <c r="A563" t="s">
+        <v>1955</v>
+      </c>
+      <c r="B563" t="s">
+        <v>9</v>
+      </c>
+      <c r="C563" t="s">
+        <v>1956</v>
+      </c>
+      <c r="D563" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E563" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F563" t="s">
+        <v>1828</v>
+      </c>
+      <c r="G563" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="H563" t="s">
+        <v>1954</v>
+      </c>
+    </row>
+    <row r="564" spans="1:8">
+      <c r="A564" t="s">
+        <v>1958</v>
+      </c>
+      <c r="B564" t="s">
+        <v>9</v>
+      </c>
+      <c r="C564" t="s">
+        <v>1959</v>
+      </c>
+      <c r="D564" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E564" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F564" t="s">
+        <v>77</v>
+      </c>
+      <c r="G564" s="1" t="s">
+        <v>1960</v>
+      </c>
+      <c r="H564" t="s">
+        <v>1961</v>
+      </c>
+    </row>
+    <row r="565" spans="1:8">
+      <c r="A565" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B565" t="s">
+        <v>9</v>
+      </c>
+      <c r="C565" t="s">
+        <v>1963</v>
+      </c>
+      <c r="D565" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E565" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F565" t="s">
+        <v>77</v>
+      </c>
+      <c r="G565" s="1" t="s">
+        <v>1964</v>
+      </c>
+      <c r="H565" t="s">
+        <v>1965</v>
+      </c>
+    </row>
+    <row r="566" spans="1:8">
+      <c r="A566" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B566" t="s">
+        <v>9</v>
+      </c>
+      <c r="C566" t="s">
+        <v>1967</v>
+      </c>
+      <c r="D566" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E566" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F566" t="s">
+        <v>94</v>
+      </c>
+      <c r="G566" s="1" t="s">
+        <v>1968</v>
+      </c>
+      <c r="H566" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="567" spans="1:8">
+      <c r="A567" t="s">
+        <v>1970</v>
+      </c>
+      <c r="B567" t="s">
+        <v>9</v>
+      </c>
+      <c r="C567" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D567" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E567" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F567" t="s">
+        <v>1972</v>
+      </c>
+      <c r="G567" s="1" t="s">
+        <v>1973</v>
+      </c>
+      <c r="H567" t="s">
+        <v>1974</v>
+      </c>
+    </row>
+    <row r="568" spans="1:8">
+      <c r="A568" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B568" t="s">
+        <v>9</v>
+      </c>
+      <c r="C568" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D568" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E568" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F568" t="s">
+        <v>18</v>
+      </c>
+      <c r="G568" s="1" t="s">
+        <v>1977</v>
+      </c>
+      <c r="H568" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="569" spans="1:8">
+      <c r="A569" t="s">
+        <v>1979</v>
+      </c>
+      <c r="B569" t="s">
+        <v>9</v>
+      </c>
+      <c r="C569" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D569" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E569" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F569" t="s">
+        <v>100</v>
+      </c>
+      <c r="G569" s="1" t="s">
+        <v>1981</v>
+      </c>
+      <c r="H569" t="s">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="570" spans="1:8">
+      <c r="A570" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B570" t="s">
+        <v>9</v>
+      </c>
+      <c r="C570" t="s">
+        <v>1984</v>
+      </c>
+      <c r="D570" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E570" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F570" t="s">
+        <v>28</v>
+      </c>
+      <c r="G570" s="1" t="s">
+        <v>1985</v>
+      </c>
+      <c r="H570" t="s">
+        <v>1986</v>
+      </c>
+    </row>
+    <row r="571" spans="1:8">
+      <c r="A571" t="s">
+        <v>1987</v>
+      </c>
+      <c r="B571" t="s">
+        <v>9</v>
+      </c>
+      <c r="C571" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D571" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E571" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F571" t="s">
+        <v>23</v>
+      </c>
+      <c r="G571" s="1" t="s">
+        <v>1989</v>
+      </c>
+      <c r="H571" t="s">
+        <v>1990</v>
+      </c>
+    </row>
+    <row r="572" spans="1:8">
+      <c r="A572" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B572" t="s">
+        <v>9</v>
+      </c>
+      <c r="C572" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D572" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E572" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F572" t="s">
+        <v>1993</v>
+      </c>
+      <c r="G572" s="1" t="s">
+        <v>1994</v>
+      </c>
+      <c r="H572" t="s">
+        <v>1995</v>
+      </c>
+    </row>
+    <row r="573" spans="1:8">
+      <c r="A573" t="s">
+        <v>1996</v>
+      </c>
+      <c r="B573" t="s">
+        <v>9</v>
+      </c>
+      <c r="C573" t="s">
+        <v>1997</v>
+      </c>
+      <c r="D573" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E573" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F573" t="s">
+        <v>1352</v>
+      </c>
+      <c r="G573" s="1" t="s">
+        <v>1998</v>
+      </c>
+      <c r="H573" t="s">
+        <v>1999</v>
+      </c>
+    </row>
+    <row r="574" spans="1:8">
+      <c r="A574" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B574" t="s">
+        <v>9</v>
+      </c>
+      <c r="C574" t="s">
+        <v>2001</v>
+      </c>
+      <c r="D574" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E574" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F574" t="s">
+        <v>37</v>
+      </c>
+      <c r="G574" s="1" t="s">
+        <v>2002</v>
+      </c>
+      <c r="H574" t="s">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="575" spans="1:8">
+      <c r="A575" t="s">
+        <v>2004</v>
+      </c>
+      <c r="B575" t="s">
+        <v>9</v>
+      </c>
+      <c r="C575" t="s">
+        <v>2005</v>
+      </c>
+      <c r="D575" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E575" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F575" t="s">
+        <v>28</v>
+      </c>
+      <c r="G575" s="1" t="s">
+        <v>2006</v>
+      </c>
+      <c r="H575" t="s">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="576" spans="1:8">
+      <c r="A576" t="s">
+        <v>2008</v>
+      </c>
+      <c r="B576" t="s">
+        <v>9</v>
+      </c>
+      <c r="C576" t="s">
+        <v>2009</v>
+      </c>
+      <c r="D576" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E576" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F576" t="s">
+        <v>50</v>
+      </c>
+      <c r="G576" s="1" t="s">
+        <v>2010</v>
+      </c>
+      <c r="H576" t="s">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="577" spans="1:8">
+      <c r="A577" t="s">
+        <v>2012</v>
+      </c>
+      <c r="B577" t="s">
+        <v>9</v>
+      </c>
+      <c r="C577" t="s">
+        <v>2013</v>
+      </c>
+      <c r="D577" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E577" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F577" t="s">
+        <v>23</v>
+      </c>
+      <c r="G577" s="1" t="s">
+        <v>2014</v>
+      </c>
+      <c r="H577" t="s">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="578" spans="1:8">
+      <c r="A578" t="s">
+        <v>2016</v>
+      </c>
+      <c r="B578" t="s">
+        <v>9</v>
+      </c>
+      <c r="C578" t="s">
+        <v>2017</v>
+      </c>
+      <c r="D578" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E578" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F578" t="s">
+        <v>77</v>
+      </c>
+      <c r="G578" s="1" t="s">
+        <v>2018</v>
+      </c>
+      <c r="H578" t="s">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="579" spans="1:8">
+      <c r="A579" t="s">
+        <v>2020</v>
+      </c>
+      <c r="B579" t="s">
+        <v>9</v>
+      </c>
+      <c r="C579" t="s">
+        <v>2021</v>
+      </c>
+      <c r="D579" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E579" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F579" t="s">
+        <v>37</v>
+      </c>
+      <c r="G579" s="1" t="s">
+        <v>2022</v>
+      </c>
+      <c r="H579" t="s">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="580" spans="1:8">
+      <c r="A580" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B580" t="s">
+        <v>9</v>
+      </c>
+      <c r="C580" t="s">
+        <v>10</v>
+      </c>
+      <c r="D580" t="s">
+        <v>2025</v>
+      </c>
+      <c r="E580" t="s">
+        <v>2026</v>
+      </c>
+      <c r="F580" t="s">
+        <v>23</v>
+      </c>
+      <c r="G580" s="1" t="s">
+        <v>2027</v>
+      </c>
+      <c r="H580" t="s">
+        <v>2028</v>
+      </c>
+    </row>
+    <row r="581" spans="1:8">
+      <c r="A581" t="s">
+        <v>2029</v>
+      </c>
+      <c r="B581" t="s">
+        <v>9</v>
+      </c>
+      <c r="C581" t="s">
+        <v>10</v>
+      </c>
+      <c r="D581" t="s">
+        <v>2030</v>
+      </c>
+      <c r="E581" t="s">
+        <v>2031</v>
+      </c>
+      <c r="F581" t="s">
+        <v>2032</v>
+      </c>
+      <c r="G581" s="1" t="s">
+        <v>2033</v>
+      </c>
+      <c r="H581" t="s">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="582" spans="1:8">
+      <c r="A582" t="s">
+        <v>2035</v>
+      </c>
+      <c r="B582" t="s">
+        <v>9</v>
+      </c>
+      <c r="C582" t="s">
+        <v>10</v>
+      </c>
+      <c r="D582" t="s">
+        <v>2036</v>
+      </c>
+      <c r="E582" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F582" t="s">
+        <v>385</v>
+      </c>
+      <c r="G582" s="1" t="s">
+        <v>2038</v>
+      </c>
+      <c r="H582" t="s">
+        <v>2039</v>
+      </c>
+    </row>
+    <row r="583" spans="1:8">
+      <c r="A583" t="s">
+        <v>2040</v>
+      </c>
+      <c r="B583" t="s">
+        <v>9</v>
+      </c>
+      <c r="C583" t="s">
+        <v>17</v>
+      </c>
+      <c r="D583" t="s">
+        <v>2036</v>
+      </c>
+      <c r="E583" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F583" t="s">
+        <v>385</v>
+      </c>
+      <c r="G583" s="1" t="s">
+        <v>2041</v>
+      </c>
+      <c r="H583" t="s">
+        <v>2042</v>
+      </c>
+    </row>
+    <row r="584" spans="1:8">
+      <c r="A584" t="s">
+        <v>2043</v>
+      </c>
+      <c r="B584" t="s">
+        <v>9</v>
+      </c>
+      <c r="C584" t="s">
         <v>22</v>
       </c>
-      <c r="D545" t="s">
-[...12 lines deleted...]
-        <v>1902</v>
+      <c r="D584" t="s">
+        <v>2036</v>
+      </c>
+      <c r="E584" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F584" t="s">
+        <v>385</v>
+      </c>
+      <c r="G584" s="1" t="s">
+        <v>2044</v>
+      </c>
+      <c r="H584" t="s">
+        <v>2045</v>
+      </c>
+    </row>
+    <row r="585" spans="1:8">
+      <c r="A585" t="s">
+        <v>2046</v>
+      </c>
+      <c r="B585" t="s">
+        <v>9</v>
+      </c>
+      <c r="C585" t="s">
+        <v>27</v>
+      </c>
+      <c r="D585" t="s">
+        <v>2036</v>
+      </c>
+      <c r="E585" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F585" t="s">
+        <v>385</v>
+      </c>
+      <c r="G585" s="1" t="s">
+        <v>2047</v>
+      </c>
+      <c r="H585" t="s">
+        <v>2048</v>
+      </c>
+    </row>
+    <row r="586" spans="1:8">
+      <c r="A586" t="s">
+        <v>2049</v>
+      </c>
+      <c r="B586" t="s">
+        <v>9</v>
+      </c>
+      <c r="C586" t="s">
+        <v>2050</v>
+      </c>
+      <c r="D586" t="s">
+        <v>2051</v>
+      </c>
+      <c r="E586" t="s">
+        <v>2052</v>
+      </c>
+      <c r="G586" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H586" t="s">
+        <v>2053</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -20890,50 +22429,91 @@
     <hyperlink ref="G521" r:id="rId520"/>
     <hyperlink ref="G522" r:id="rId521"/>
     <hyperlink ref="G523" r:id="rId522"/>
     <hyperlink ref="G524" r:id="rId523"/>
     <hyperlink ref="G525" r:id="rId524"/>
     <hyperlink ref="G526" r:id="rId525"/>
     <hyperlink ref="G527" r:id="rId526"/>
     <hyperlink ref="G528" r:id="rId527"/>
     <hyperlink ref="G529" r:id="rId528"/>
     <hyperlink ref="G530" r:id="rId529"/>
     <hyperlink ref="G531" r:id="rId530"/>
     <hyperlink ref="G532" r:id="rId531"/>
     <hyperlink ref="G533" r:id="rId532"/>
     <hyperlink ref="G534" r:id="rId533"/>
     <hyperlink ref="G535" r:id="rId534"/>
     <hyperlink ref="G536" r:id="rId535"/>
     <hyperlink ref="G537" r:id="rId536"/>
     <hyperlink ref="G538" r:id="rId537"/>
     <hyperlink ref="G539" r:id="rId538"/>
     <hyperlink ref="G540" r:id="rId539"/>
     <hyperlink ref="G541" r:id="rId540"/>
     <hyperlink ref="G542" r:id="rId541"/>
     <hyperlink ref="G543" r:id="rId542"/>
     <hyperlink ref="G544" r:id="rId543"/>
     <hyperlink ref="G545" r:id="rId544"/>
+    <hyperlink ref="G546" r:id="rId545"/>
+    <hyperlink ref="G547" r:id="rId546"/>
+    <hyperlink ref="G548" r:id="rId547"/>
+    <hyperlink ref="G549" r:id="rId548"/>
+    <hyperlink ref="G550" r:id="rId549"/>
+    <hyperlink ref="G551" r:id="rId550"/>
+    <hyperlink ref="G552" r:id="rId551"/>
+    <hyperlink ref="G553" r:id="rId552"/>
+    <hyperlink ref="G554" r:id="rId553"/>
+    <hyperlink ref="G555" r:id="rId554"/>
+    <hyperlink ref="G556" r:id="rId555"/>
+    <hyperlink ref="G557" r:id="rId556"/>
+    <hyperlink ref="G558" r:id="rId557"/>
+    <hyperlink ref="G559" r:id="rId558"/>
+    <hyperlink ref="G560" r:id="rId559"/>
+    <hyperlink ref="G561" r:id="rId560"/>
+    <hyperlink ref="G562" r:id="rId561"/>
+    <hyperlink ref="G563" r:id="rId562"/>
+    <hyperlink ref="G564" r:id="rId563"/>
+    <hyperlink ref="G565" r:id="rId564"/>
+    <hyperlink ref="G566" r:id="rId565"/>
+    <hyperlink ref="G567" r:id="rId566"/>
+    <hyperlink ref="G568" r:id="rId567"/>
+    <hyperlink ref="G569" r:id="rId568"/>
+    <hyperlink ref="G570" r:id="rId569"/>
+    <hyperlink ref="G571" r:id="rId570"/>
+    <hyperlink ref="G572" r:id="rId571"/>
+    <hyperlink ref="G573" r:id="rId572"/>
+    <hyperlink ref="G574" r:id="rId573"/>
+    <hyperlink ref="G575" r:id="rId574"/>
+    <hyperlink ref="G576" r:id="rId575"/>
+    <hyperlink ref="G577" r:id="rId576"/>
+    <hyperlink ref="G578" r:id="rId577"/>
+    <hyperlink ref="G579" r:id="rId578"/>
+    <hyperlink ref="G580" r:id="rId579"/>
+    <hyperlink ref="G581" r:id="rId580"/>
+    <hyperlink ref="G582" r:id="rId581"/>
+    <hyperlink ref="G583" r:id="rId582"/>
+    <hyperlink ref="G584" r:id="rId583"/>
+    <hyperlink ref="G585" r:id="rId584"/>
+    <hyperlink ref="G586" r:id="rId585"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>