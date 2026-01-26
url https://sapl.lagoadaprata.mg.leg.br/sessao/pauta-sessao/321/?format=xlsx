--- v0 (2025-10-18)
+++ v1 (2026-01-26)
@@ -48,212 +48,212 @@
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 69 de 2021</t>
   </si>
   <si>
     <t>DI GIANNE DE OLIVEIRA NUNES - PREFEITO</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA MUNICIPAL DE COMBATE AO DESPERDÍCIO E INCENTIVO À DOAÇÃO DE ALIMENTOS – BANCO DE ALIMENTOS</t>
   </si>
   <si>
     <t>Primeira Discussão e Votação</t>
   </si>
   <si>
     <t>Projeto de Lei CM nº 5 de 2021</t>
   </si>
   <si>
-    <t>SARGENTO WASHINGTON</t>
+    <t>Sargento Washington</t>
   </si>
   <si>
     <t>REGULAMENTA A CAPINA QUÍMICA, ELÉTRICA E DE OUTRAS FORMAS, NAS ÁREAS QUE MENCIONA, NO ÂMBITO DO MUNICÍPIO DE LAGOA DA PRATA – MG.</t>
   </si>
   <si>
     <t>Leitura de Parecer com Emenda(s)</t>
   </si>
   <si>
     <t>Anteprojeto de Lei nº 8 de 2021</t>
   </si>
   <si>
     <t>Soninha</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OFERTA DE CURSOS DE FORMAÇÃO COMPLEMENTAR, ANUAIS E OBRIGATÓRIOS, CUJOS CONTEÚDOS PROGRAMÁTICOS CONTERÃO TREINAMENTO E ORIENTAÇÃO PARA A IDENTIFICAÇÃO DE MAUS-TRATOS E ABUSOS SEXUAIS PRATICADOS CONTRA CRIANÇA E ADOLESCENTE, AOS PROFESSORES E DEMAIS PROFISSIONAIS DA REDE MUNICIPAL DE EDUCAÇÃO, EM LAGOA DA PRATA.</t>
   </si>
   <si>
     <t>Apresentação em Plenário</t>
   </si>
   <si>
     <t>Projeto de Lei CM nº 6 de 2021</t>
   </si>
   <si>
     <t>Toninho da Laje</t>
   </si>
   <si>
     <t>Revoga o Inciso II do Art. 7º da Lei Municipal nº 2.828, de 1º de agosto de 2016.</t>
   </si>
   <si>
     <t>Leitura de Parecer</t>
   </si>
   <si>
     <t>Projeto de Lei CM nº 7 de 2021</t>
   </si>
   <si>
-    <t>LISA MIRANDA</t>
+    <t>Lisa Miranda</t>
   </si>
   <si>
     <t>Institui o “JUNHO VIOLETA” no Município de Lagoa da Prata, em alusão ao Dia Mundial de Conscientização da Violência contra a Pessoa Idosa.</t>
   </si>
   <si>
     <t>Aguardando Parecer</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - CM nº 2 de 2021</t>
   </si>
   <si>
-    <t>SARGENTO WASHINGTON,LISA MIRANDA,Toninho da Laje</t>
+    <t>Sargento Washington,Lisa Miranda,Toninho da Laje</t>
   </si>
   <si>
     <t>Altera a Lei Complementar Municipal nº 176/2.017, que dispõe Sobre a Instituição do Plano Diretor do Município de Lagoa da Prata.</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 77 de 2021</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE LAGOA DA PRATA E CONTÉM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 78 de 2021</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 79 de 2021</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 80 de 2021</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RECONHECIMENTO DA PRÁTICA DE ATIVIDADE FÍSICA COMO ESSENCIAL PARA A SAÚDE DA POPULAÇÃO E DECLARA A ESSENCIALIDADE DOS ESTABELECIMENTOS DE PRESTAÇÃO DE SERVIÇOS DE ATIVIDADE FÍSICA OU EDUCAÇÃO FÍSICA, PÚBLICOS OU PRIVADOS, NO ÂMBITO DO MUNICÍPIO DE LAGOA DA PRATA</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 81 de 2021</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 8º DA LEI MUNICIPAL Nº 984, DE 12 DE SETEMBRO DE 2001, PARA PERMITIR A PESCA ESPORTIVA.</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - EM  nº 5 de 2021</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 3 DE 22 DE MAIO DE 1991, DE MODO A PERMITIR O RECRUTAMENTO AMPLO PARA O CARGO DE PROCURADOR ADJUNTO.</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Requerimento nº 118 de 2021</t>
   </si>
   <si>
-    <t>PAVIO</t>
+    <t>Pavio</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, na forma regimental, requer a Vossa Excelência, consultado o Plenário, que seja enviado ofício ao Chefe do Poder Executivo Municipal encaminhando o presente Requerimento, solicitando ao Secretário de Administração e Governo, Sr. Lucas Rafael Gontijo de Melo, bem como ao Comandante da Guarda Civil Municipal, que informem a esta Casa, se há possibilidade da construção e implantação de um Posto Policial na comunidade de Martins Guimarães, para abrigar Guardas Civis Municipais e Policiais Militares que fazem o policiamento ostensivo naquele distrito._x000D_
 _x000D_
 Que seja enviado ofício ao Comandante da 107ª Companhia da Polícia Militar local, solicitando que informe a esta Casa, se há possibilidade de se disponibilizar agentes para um policiamento mais ostensivo no Distrito de Martins Guimarães.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Requerimento nº 119 de 2021</t>
   </si>
   <si>
-    <t>LEANDRO BIBIANO</t>
+    <t>Leandro Bibiano</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, na forma regimental, requer a Vossa Excelência, consultado o Plenário, que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento que solicita ao Secretário de Administração e Governo, Lucas Rafael Gontijo de Melo, bem como ao Secretário de Obras e Urbanismo, Reginaldo Henrique Santos, que informem a esta Casa se há possibilidade de se realizar serviço de tapa-buracos na Rua Homero de Castro, em frente à residência de nº 127, no Bairro Gomes, nesta cidade.</t>
   </si>
   <si>
     <t>Requerimento nº 120 de 2021</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, na forma regimental e consultado o Plenário, requer a   Vossa Excelência que seja enviado ao Chefe do Poder Executivo Municipal ofício               encaminhando o presente Requerimento, solicitando ao Secretário de Administração e         Governo, Lucas Rafael Gontijo de Melo, que informe a esta Casa se há possibilidade do     Município aderir ao Programa de Aquisição de Alimentos – PAA - do Governo Federal.</t>
   </si>
   <si>
     <t>Requerimento nº 121 de 2021</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, na forma regimental, requer a Vossa Excelência, consultado o Plenário, que seja enviado ofício ao Diretor do Serviço Autônomo de Água e Esgoto de Lagoa da Prata - SAAE-LP, Sr. Edmílson José da Lage, convocando-o, bem como o Diretor Adjunto e o responsável pelo Departamento Financeiro da Autarquia Municipal, a comparecerem a esta Casa, no prazo regimental e nos termos da Lei Orgânica do Município, para falar a respeito da real situação financeira do SAAE-LP, e ainda:_x000D_
     ​ _x000D_
     ​ 	- informarem o valor atual da folha de pagamento dos empregados públicos da Autarquia; _x000D_
     ​ 	- quanto se paga em horas extras atualmente, apresentando em gráficos comparativos com os últimos anos; e por fim_x000D_
     ​ 	- que apresentem a esta Casa, gráficos demonstrando a movimentação de receitas e despesas do SAAE-LP nos últimos 10 anos.</t>
   </si>
   <si>
     <t>Requerimento nº 122 de 2021</t>
   </si>
   <si>
     <t>A Vereadora infra-assinada, na forma regimental, requerer a Vossa Excelência,        consultado o Plenário, que seja enviado ofício ao Chefe do Poder Executivo Municipal,       encaminhando o presente Requerimento, que solicita ao Secretário de Administração e       Governo, Lucas Rafael Gontijo de Melo, que preste as seguintes informações acerca das     notificações de proprietários de lotes ou terrenos situados no município, para a realização de limpeza de seus imóveis, durante o período de janeiro de 2021 até a presente data:_x000D_
 _x000D_
 	1 - Quantas notificações foram expedidas pelo Município para que os proprietários   realizem a limpeza de seus imóveis?_x000D_
 _x000D_
 	2 - Quantos imóveis foram devidamente limpos após a expedição das notificações?_x000D_
 _x000D_
 	3 - Quantos proprietários descumpriram a notificação?_x000D_
 _x000D_
 	4 - Quantas multas foram aplicadas para aqueles que descumpriram a notificação?_x000D_
 _x000D_
 	5 - Qual o valor proveniente de multas que já foi arrecado pelo Município?</t>
   </si>
   <si>
     <t>Requerimento nº 123 de 2021</t>
   </si>
   <si>
     <t>A Vereadora infra-assinada, na forma regimental, requer a Vossa Excelência, consultado o Plenário, que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento, que solicita à Secretária Municipal de Assistência Social, que informe aos Vereadores e à população de Lagoa da Prata sobre a possibilidade de se reativar o Conselho Municipal dos Direitos da Pessoa com Deficiência (COMPED) de Lagoa da Prata.</t>
   </si>
   <si>
     <t>Requerimento nº 124 de 2021</t>
   </si>
   <si>
-    <t>CAROL CASTRO</t>
+    <t>Carol Castro</t>
   </si>
   <si>
     <t>A Vereadora infra-assinada, na forma regimental, requer a Vossa Excelência, ouvido o Plenário, que seja determinada a realização de AUDIÊNCIA PÚBLICA, no dia 23/06/2021, com a finalidade de debater com as autoridades, representantes de entidades, servidores e empregados públicos indicados, os aspectos de admissibilidade da Proposta de Emenda à Constituição n° 32 de 2020, do Poder Executivo Federal, que “altera disposições sobre servidores, empregados públicos e organização administrativa.”_x000D_
 	Proponho que sejam convidados para a Audiência Pública, representantes do Gabinete do Deputado Estadual Professor Cleiton, a Promotora de Justiça desta Comarca, Dra. Carla Priscilla Pereira Viana, o Procurador-Geral do Município, Dr. Laelson Lima, o Presidente da 90ª Subseção da OAB, Dr. Francisco Cabral Silva, um representante do Sindicato Único dos Trabalhadores em Educação (Sind-Ute/MG), um representante dos empregados públicos efetivos do Poder Executivo, do Poder Legislativo e da Autarquia Mun.</t>
   </si>
   <si>
     <t>Indicação nº 50 de 2021</t>
   </si>
   <si>
-    <t>HERMANO FOFÃO</t>
+    <t>Hermano Fofão</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, na forma regimental, indica ao Executivo Municipal, a necessidade de se solucionar o problema sobre a instalação de varal de roupas na Praça de Eventos, utilizado por andarilhos e moradores de rua.</t>
   </si>
   <si>
     <t>Indicação nº 51 de 2021</t>
   </si>
   <si>
     <t>A Vereadora infra-assinada indica ao Executivo Municipal, na forma regimental, a necessidade de se instalar passagem elevada para pedestres, com ondulação, na Avenida Brasil, em frente à portaria de entrada e saída dos funcionários da indústria Embaré.</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 84 de 2021</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 85 de 2021</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 86 de 2021</t>
   </si>
   <si>
     <t>DISCIPLINA A ATIVIDADE RELATIVA À REMOÇÃO, COLETA, TRANSPORTE E DISPOSIÇÃO FINAL DE ENTULHO NO ÂMBITO DO PERÍMETRO URBANO DO MUNICÍPIO DE LAGOA DA PRATA, INSTITUI A COBRANÇA POR ESSES SERVIÇOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 87 de 2021</t>
   </si>
@@ -614,51 +614,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="43" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="51.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="45.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="31" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">