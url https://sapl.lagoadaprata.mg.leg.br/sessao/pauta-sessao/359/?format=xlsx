--- v0 (2025-10-15)
+++ v1 (2026-01-24)
@@ -36,180 +36,180 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 6 de 2021</t>
   </si>
   <si>
-    <t>CAROL CASTRO,CICI,HERMANO FOFÃO,LEANDRO BIBIANO,LISA MIRANDA,PAVIO,SARGENTO WASHINGTON,Soninha,Toninho da Laje</t>
+    <t>Carol Castro,Cici,Hermano Fofão,Leandro Bibiano,Lisa Miranda,Pavio,Sargento Washington,Soninha,Toninho da Laje</t>
   </si>
   <si>
     <t>Institui a Tribuna Popular e a Participação dos Cidadãos nos trabalhos das Comissões da Câmara Municipal.</t>
   </si>
   <si>
     <t>Discussão e Votação Únicas de Emenda(s)</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 137 de 2021</t>
   </si>
   <si>
     <t>DI GIANNE DE OLIVEIRA NUNES - PREFEITO</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE LAGOA DA PRATA E CONTÉM OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>Leitura de Parecer</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 138 de 2021</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 139 de 2021</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 141 de 2021</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 142 de 2021</t>
   </si>
   <si>
     <t>Anteprojeto de Lei nº 16 de 2021</t>
   </si>
   <si>
-    <t>PAVIO</t>
+    <t>Pavio</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal fornecer,    anualmente, Cestas Natalinas aos Empregados       Públicos Municipais.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 8 de 2021</t>
   </si>
   <si>
-    <t>CAROL CASTRO</t>
+    <t>Carol Castro</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário a Reginaldo Lázaro de Oliveira Lopes.</t>
   </si>
   <si>
     <t>Aguardando Parecer</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 9 de 2021</t>
   </si>
   <si>
-    <t>HERMANO FOFÃO</t>
+    <t>Hermano Fofão</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário a Waldemiro Azeredo Teixeira.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 10 de 2021</t>
   </si>
   <si>
     <t>Toninho da Laje</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Tenente Coronel Geraldo Elias de Araújo.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 11 de 2021</t>
   </si>
   <si>
-    <t>CICI</t>
+    <t>Cici</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Honorária a Vânia Maria Antunes Pereira Fabri Dias.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 12 de 2021</t>
   </si>
   <si>
     <t>Soninha</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário a Juliomar Geraldo Dias.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 13 de 2021</t>
   </si>
   <si>
-    <t>LISA MIRANDA</t>
+    <t>Lisa Miranda</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário a Renato Vidal de Oliveira.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 14 de 2021</t>
   </si>
   <si>
-    <t>SARGENTO WASHINGTON</t>
+    <t>Sargento Washington</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário ao Tenente PM Luciano Couto.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 15 de 2021</t>
   </si>
   <si>
-    <t>LEANDRO BIBIANO</t>
+    <t>Leandro Bibiano</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Honorário a Santiago dos Reis Silva.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 16 de 2021</t>
   </si>
   <si>
     <t>Concede Título de Cidadã Honorária a Débora Pereira Silva Ramalho.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 17 de 2021</t>
   </si>
   <si>
-    <t>CAROL CASTRO,CICI,LISA MIRANDA</t>
+    <t>Carol Castro,Cici,Lisa Miranda</t>
   </si>
   <si>
     <t>Concede a Medalha Ilídio de Carvalho a Elza Maria da Silva Brito.</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Requerimento nº 221 de 2021</t>
   </si>
   <si>
     <t>Sra. Presidente,_x000D_
 _x000D_
 	O Vereador infra-assinado, na forma regimental, requer a Vossa Excelência, consultado o Plenário, que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento que solicita ao Ilustre Secretário de Administração e Governo, Lucas Rafael Gontijo de Melo, bem como ao Ilustre Secretário de Obras e Urbanismo, Reginaldo Henrique Santos, que informem a esta Casa se há possibilidade de se colocar uma rotatória na Rua Amazonas, no cruzamento com a Rua Geraldo Inácio da Fonseca, no Bairro Marília, nesta cidade.</t>
   </si>
   <si>
     <t>Requerimento nº 222 de 2021</t>
   </si>
   <si>
     <t>Sra. Presidente,_x000D_
 _x000D_
     ​ 	Os Vereadores infra-assinados, na forma regimental e consultado o Plenário, requerem a Vossa Excelência que seja enviado ao Chefe do Poder Executivo Municipal ofício             encaminhando o presente Requerimento, solicitando ao Secretário de Obras e Urbanismo, Sr. Reginaldo Henrique Santos, que informe a esta Casa se há possibilidade de se fazer a remoção de redutor de velocidade, tipo lombada, que fica na Rua Antônio Cornélio de Oliveira, no Bairro Monsenhor Alfredo Dohr, nesta cidade.</t>
   </si>
   <si>
     <t>Requerimento nº 223 de 2021</t>
@@ -620,51 +620,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="32.42578125" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="116.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="103" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="37.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">