--- v0 (2025-10-15)
+++ v1 (2026-01-24)
@@ -90,69 +90,69 @@
   <si>
     <t>Projeto de Lei EM nº 49 de 2022</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 50 de 2022</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 51 de 2022</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 52 de 2022</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE LAGOA DA PRATA E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 54 de 2022</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 55 de 2022</t>
   </si>
   <si>
     <t>Anteprojeto de Lei nº 3 de 2022</t>
   </si>
   <si>
-    <t>CAROL CASTRO</t>
+    <t>Carol Castro</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção do Imposto sobre a Propriedade Predial e Territorial Urbana em decorrência das fortes chuvas que atingiram o município.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 1 de 2022</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação da Procuradoria da Mulher no âmbito da Câmara Municipal de Lagoa da Prata.</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - CM nº 1 de 2022</t>
   </si>
   <si>
-    <t>SARGENTO WASHINGTON,CICI,HERMANO FOFÃO</t>
+    <t>Sargento Washington,Cici,Hermano Fofão</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de alinhamento e retirada de fios, cabos e equipamentos excedentes, fixados em postes de energia elétrica ou assemelhados instalados em vias públicas do Município de Lagoa da Prata e fixa multa por descumprimento.</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 38 de 2022</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial ao Orçamento Vigente do Município de Lagoa da Prata e Contém Outras Providências.</t>
   </si>
   <si>
     <t>Aguardando Parecer</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 39 de 2022</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 44 de 2022</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 53 de 2022</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 56 de 2022</t>
   </si>
@@ -165,104 +165,104 @@
   <si>
     <t>Projeto de Lei EM nº 59 de 2022</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE LAGOA DA PRATA E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 60 de 2022</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 61 de 2022</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 62 de 2022</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 64 de 2022</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Requerimento nº 45 de 2022</t>
   </si>
   <si>
-    <t>LISA MIRANDA</t>
+    <t>Lisa Miranda</t>
   </si>
   <si>
     <t>Senhora Presidente,_x000D_
 _x000D_
     ​ 	A Vereadora infra-assinada, na forma regimental, requer a Vossa Excelência, consultado o Plenário, que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento, que solicita ao Secretário de Administração e Governo, Alysson Elias Macedo, bem como à Procuradoria-Geral do Município, que informem a esta Casa, se há possibilidade da Administração enviar ao Legislativo Projeto de Lei visando alterar o prazo que o candidato aprovado em Concurso Público possui para apresentar documentos e decidir se aceita ou não a nomeação, passando dos atuais 60 (sessenta) dias, para 30 (trinta) dias, a contar de sua notificação._x000D_
     ​ 	Que informem ainda, se há possibilidade do envio de Projeto de Lei ao Legislativo visando alterar a Lei que trata dos Contratos Temporários, de modo a se permitir a assinatura destes, pelo prazo de 12 meses, para a área da Saúde. Vale citar que, atualmente, o prazo máximo é de 6 meses.</t>
   </si>
   <si>
     <t>Requerimento nº 46 de 2022</t>
   </si>
   <si>
     <t>Sra. Presidente,_x000D_
 _x000D_
 	A Vereadora infra-assinada, na forma regimental, requer a Vossa Excelência, ouvido o Plenário, que seja determinada a realização de uma Audiência Pública sobre Políticas Públicas de Atendimento às Pessoas com Autismo, por ocasião do Dia Mundial do Autismo que ocorrerá no dia 02 de abril, para debater sobre as medidas e instrumentos necessários para garantir o cumprimento das Leis de Proteção dos Direitos da Pessoa com Transtorno do Espectro Autista (TEA) vigentes, em especial a Lei Federal nº 12.764/2012, que reconhece a pessoa autista como pessoa com deficiência, e garante os mesmos direitos que, atualmente, possuem as pessoas com deficiência, e a Lei Brasileira de Inclusão da Pessoa com Deficiência (Lei Nacional nº 13.146/2015), ambas legislações asseguram uma série de práticas que buscam incluir pessoas com deficiência de forma justa e igualitária nos espaços sociais, a se realizar no mês de abril do corrente ano, com transmissão por meio do rádio e redes sociais</t>
   </si>
   <si>
     <t>Requerimento nº 47 de 2022</t>
   </si>
   <si>
-    <t>PAVIO</t>
+    <t>Pavio</t>
   </si>
   <si>
     <t>Sra. Presidente,_x000D_
 _x000D_
 		O Vereador infra-assinado, na forma regimental e consultado o Plenário, requer a Vossa Excelência que se envie ofício ao Chefe do Poder Executivo Municipal encaminhando o presente Requerimento, que solicita ao Secretário de Meio Ambiente que informe a esta Casa se há possibilidade de se buscar junto à Secretaria de Obras e Urbanismo a execução de obras para a recuperação do calçadão da Praça da Matriz de São Carlos Borromeu, de modo a manter sua originalidade, retirando as partes cimentadas e voltando com as pedras idênticas às originais (Pedras Portuguesas), para que a obra de arte existente com os caminhos e desenhos que sempre existiram voltem ao formato original do calçadão.</t>
   </si>
   <si>
     <t>Requerimento nº 48 de 2022</t>
   </si>
   <si>
-    <t>LEANDRO BIBIANO</t>
+    <t>Leandro Bibiano</t>
   </si>
   <si>
     <t>Sra. Presidente,_x000D_
 _x000D_
 	O Vereador infra-assinado, na forma regimental, requer a Vossa Excelência, consultado o Plenário, que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento que solicita ao Secretário de Obras e Urbanismo, Reginaldo Henrique Santos, que informe a esta Casa se há possibilidade de se realizar reforma e ampliação no local de trabalho dos servidores do Cemitério da Saudade, bem como reparos nos banheiros do Velório Municipal situado no mesmo local.</t>
   </si>
   <si>
     <t>Requerimento nº 49 de 2022</t>
   </si>
   <si>
-    <t>HERMANO FOFÃO</t>
+    <t>Hermano Fofão</t>
   </si>
   <si>
     <t>Sra. Presidente,_x000D_
 	_x000D_
 	O Vereador infra-assinado, na forma regimental e consultado o Plenário, requer a Vossa Excelência que seja enviado ofício ao Chefe do Poder Executivo Municipal encaminhando o presente Requerimento, solicitando ao Secretário Municipal de Obras e Urbanismo, Reginaldo Henrique Santos, que informe a esta Casa se há possibilidade de se realizar a instalação de braços com lâmpadas nos postes de energia elétrica situados no quarteirão da Avenida Isabel de Castro, compreendido entre as Ruas Santos Dumont e Goiás, no Centro, nesta cidade.</t>
   </si>
   <si>
     <t>Requerimento nº 50 de 2022</t>
   </si>
   <si>
-    <t>SARGENTO WASHINGTON</t>
+    <t>Sargento Washington</t>
   </si>
   <si>
     <t>Senhora Presidente, _x000D_
 _x000D_
 	O Vereador infra-assinado, na forma regimental e consultado o Plenário, requerer a Vossa Excelência que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento, solicitando ao Secretário Municipal de Administração e Governo, que nos informe o seguinte:_x000D_
 	1 - O Município aderiu ao Programa Minas Led, desenvolvido pela Cemig? Se a resposta for positiva, favor nos encaminhar uma cópia do termo de Adesão._x000D_
  	2 - Se já ocorreu a Adesão, para quando está prevista a substituição das lâmpadas?_x000D_
 	3 - Se o Municipio ainda não aderiu ao programa, ou não pretende aderir, envie a esta Casa, justificativa para decisão.</t>
   </si>
   <si>
     <t>Indicação nº 5 de 2022</t>
   </si>
   <si>
     <t>Senhora Presidente, _x000D_
 _x000D_
 	O Vereador infra-assinado indica ao Executivo Municipal, na forma regimental, a necessidade de se colocar rotatórias, com a devida sinalização de solo e com placas, nos cruzamentos das Ruas: Pernambuco com Goiás; Luz com Joaquim Gomes Pereira e José Maria Rezende com Bahia, nesta cidade.</t>
   </si>
   <si>
     <t>Projeto de Lei CM nº 5 de 2022</t>
   </si>
   <si>
     <t>Dá Nome à Praça situada entre as Ruas Olegário Maciel, São Francisco e Av. José Pereira da Silva, no Loteamento Palmeiras.</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 65 de 2022</t>
@@ -603,51 +603,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="42.7109375" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="43.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="38" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">