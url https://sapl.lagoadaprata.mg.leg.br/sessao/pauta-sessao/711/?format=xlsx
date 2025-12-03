--- v0 (2025-10-14)
+++ v1 (2025-12-03)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="67">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei CM nº 16 de 2025</t>
   </si>
   <si>
@@ -123,139 +123,142 @@
   <si>
     <t>Janeany,Soninha,Toninho da Laje</t>
   </si>
   <si>
     <t>Concede a Medalha Ilídio Carvalho aos cidadãos que indica.</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 180 de 2025</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a Abrir Crédito Suplementar ao Orçamento Vigente do Município de Lagoa da Prata no valor de R$ 399.200,00.</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - EM  nº 7 de 2025</t>
   </si>
   <si>
     <t>Altera a “Lei Complementar nº 291 de 12 de Fevereiro de 2025” que, Dispõe sobre a criação de Cargo Temporário de Professor Apoio e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - EM  nº 5 de 2025</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 003, de 22 de Maio de 1991.</t>
   </si>
   <si>
+    <t>Requerimento nº 215 de 2025</t>
+  </si>
+  <si>
+    <t>Soninha</t>
+  </si>
+  <si>
+    <t>Com fundamento no Inciso I do Art. 115 e no Inciso I do Art. 141, ambos do Regimento Interno desta Casa, venho requerer a alteração da Ordem do Dia, de forma a se adiar a leitura dos Pareceres sobre o Projeto de Lei Complementar EM nº 6/2025 que “REGULAMENTA AS ELEIÇÕES DE DIRETOR E VICE-DIRETOR DAS UNIDADES ESCOLARES DA REDE MUNICIPAL DE EDUCAÇÃO DE LAGOA DA PRATA-MG E DÁ OUTRAS PROVIDÊNCIAS.”</t>
+  </si>
+  <si>
+    <t>Aguardando Apresentação em Plenário</t>
+  </si>
+  <si>
     <t>Projeto de Lei Complementar - EM  nº 6 de 2025</t>
   </si>
   <si>
     <t>“REGULAMENTA AS ELEIÇÕES DE DIRETOR E VICE DIREITOR DAS UNIDADES ESCOLARES DA REDE MUNICIPAL DE EDUCAÇÃO DE LAGOA DA PRATA-MG E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
-    <t>Requerimento nº 215 de 2025</t>
-[...10 lines deleted...]
-  <si>
     <t>expediente</t>
   </si>
   <si>
+    <t>Moção nº 7 de 2025</t>
+  </si>
+  <si>
+    <t>Carla Andrade</t>
+  </si>
+  <si>
+    <t>A Vereadora infra-assinada, regimentalmente apoiado, requer a Vossa Excelência que seja submetida à aprovação do Plenário Moção de Aplausos ao Pastor Henrique Barbosa e à Pastora Marina Barbosa, líderes da Igreja Mensageiros da Cidade, pelo relevante trabalho espiritual, social e comunitário desenvolvido em nosso município.</t>
+  </si>
+  <si>
+    <t>Aguardando Entrega de Moção</t>
+  </si>
+  <si>
+    <t>Requerimento nº 210 de 2025</t>
+  </si>
+  <si>
+    <t>Janeany</t>
+  </si>
+  <si>
+    <t>A Vereadora infra-assinada, na forma regimental, requer a Vossa Excelência que se envie ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento, solicitando ao Secretário Municipal de Obras e Urbanismo, Reginaldo Henrique dos Santos, bem como aos demais setores competentes, que informem sobre a viabilidade de realização da operação tapa-buracos na esquina das Ruas Goiás e Alexandre Bernardes Primo, no Bairro São José.</t>
+  </si>
+  <si>
+    <t>Requerimento nº 211 de 2025</t>
+  </si>
+  <si>
+    <t>O Vereador infra-assinado, na forma regimental, requer a Vossa Excelência que se envie ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento, que solicita ao Secretário Municipal de Obras e Urbanismo, Reginaldo Henrique dos Santos, bem como aos demais setores competentes, que informem a esta Casa sobre a viabilidade da realização de obras de calçamento, asfaltamento ou canalização da água pluvial dentro da garagem da Prefeitura Municipal, a fim de solucionar os transtornos causados pelo acúmulo de barro e enxurradas que se formam no local durante o período chuvoso.</t>
+  </si>
+  <si>
+    <t>Requerimento nº 212 de 2025</t>
+  </si>
+  <si>
+    <t>Mauro do Gás</t>
+  </si>
+  <si>
+    <t>O Vereador infra-assinado, na forma regimental, requer a Vossa Excelência que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento ao Chefe do Setor de Trânsito e Transportes, José Cláudio dos Santos, e aos demais setores competentes, solicitando a possibilidade de se realizar um estudo de viabilidade técnica e financeira sobre a instalação de uma passagem elevada ou faixa de pedestres na Avenida Brasil, no trecho localizado em frente ao Conjunto Habitacional Chico Rezende, no Bairro Marília.</t>
+  </si>
+  <si>
+    <t>Requerimento nº 213 de 2025</t>
+  </si>
+  <si>
+    <t>Ana Ruth</t>
+  </si>
+  <si>
+    <t>A Vereadora infra-assinada, na forma regimental, requer a Vossa Excelência que seja enviado ofício ao Chefe do Poder Executivo Municipal, encaminhando o presente Requerimento que solicita ao Secretário Municipal de Obras e Urbanismo, Reginaldo Henrique dos Santos, bem como o_x000D_
+Secretário Municipal de Desportos, Rodrigo Lacerda Ramos, que informem a esta Casa se há viabilidade técnica e orçamentária para a reforma da Praça José Gonçalves Paulino, no bairro Chico Miranda, com a implantação de aparelhos de ginástica para idosos, considerando que atualmente não há local próximo adequado para a prática de atividades físicas voltadas a essa faixa etária.</t>
+  </si>
+  <si>
+    <t>Requerimento nº 214 de 2025</t>
+  </si>
+  <si>
+    <t>Carla Andrade,Janeany,Soninha</t>
+  </si>
+  <si>
+    <t>As Vereadoras infra-assinadas, na forma regimental e consultado o Plenário, requerem a Vossa Excelência que seja determinada a realização de uma Audiência Pública no Plenário da Câmara Municipal de Lagoa da Prata, com a finalidade de debater e propor ações voltadas à conscientização, prevenção e combate ao câncer de mama e do colo do útero, em alusão à Campanha Outubro Rosa._x000D_
+Propomos que sejam convidadas a Fundação Chiquita Perillo, a Secretaria Municipal de Saúde, a Comissão da Mulher da OAB, a Câmara da Mulher, o Conselho Municipal dos Direitos da Mulher, a AMAVI, bem como demais instituições e autoridades que possam contribuir com o debate e com a promoção de políticas públicas voltadas à saúde e ao bem-estar das mulheres.</t>
+  </si>
+  <si>
     <t>Projeto de Lei Complementar - CM nº 7 de 2025</t>
+  </si>
+  <si>
+    <t>Elias Motorista,João Pedro,Tuty da Borracharia</t>
   </si>
   <si>
     <t>Dispõe sobre a delimitação das Áreas Urbanas Consolidadas – AUC - no âmbito do Município de Lagoa da Prata, nos termos do que estabelece a_x000D_
 “Constituição da República de 5 de outubro de 1988”, a “Lei Nacional nº 6.938, de 31 de agosto de 1981”, e a “Lei Nacional nº 12.651, de 25 de maio_x000D_
 de 2012”, alterada pela “Lei Nacional n° 14.285, de 29 de dezembro de 2021.”</t>
   </si>
   <si>
     <t>Projeto de Lei EM nº 188 de 2025</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a Abrir Crédito Suplementar ao Orçamento Vigente do Município de Lagoa da Prata no valor de R$ 500.000,00.</t>
-  </si>
-[...54 lines deleted...]
-    <t>Aguardando Entrega de Moção</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -803,246 +806,246 @@
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>8663</v>
       </c>
       <c r="B12" t="s">
         <v>6</v>
       </c>
       <c r="C12" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
         <v>15</v>
       </c>
       <c r="E12" t="s">
         <v>36</v>
       </c>
       <c r="F12" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>8664</v>
+        <v>8718</v>
       </c>
       <c r="B13" t="s">
         <v>6</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="E13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F13" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>8718</v>
+        <v>8664</v>
       </c>
       <c r="B14" t="s">
         <v>6</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="E14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F14" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>8712</v>
+        <v>8622</v>
       </c>
       <c r="B15" t="s">
         <v>43</v>
       </c>
       <c r="C15" t="s">
         <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>8</v>
+        <v>45</v>
       </c>
       <c r="E15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F15" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>8711</v>
+        <v>8713</v>
       </c>
       <c r="B16" t="s">
         <v>43</v>
       </c>
       <c r="C16" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D16" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="E16" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F16" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>8713</v>
+        <v>8714</v>
       </c>
       <c r="B17" t="s">
         <v>43</v>
       </c>
       <c r="C17" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D17" t="s">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="E17" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="F17" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>8714</v>
+        <v>8715</v>
       </c>
       <c r="B18" t="s">
         <v>43</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="E18" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
-        <v>8715</v>
+        <v>8716</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="E19" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="F19" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>8716</v>
+        <v>8717</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="E20" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="F20" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>8717</v>
+        <v>8712</v>
       </c>
       <c r="B21" t="s">
         <v>43</v>
       </c>
       <c r="C21" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="E21" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="F21" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>8622</v>
+        <v>8711</v>
       </c>
       <c r="B22" t="s">
         <v>43</v>
       </c>
       <c r="C22" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="D22" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E22" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="F22" t="s">
-        <v>65</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>