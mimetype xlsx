--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -45,66 +45,66 @@
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 9 de 2025</t>
   </si>
   <si>
     <t>Ana Ruth,Carla Andrade,Elias Motorista,Janeany,João Pedro,Mauro do Gás,Soninha,Toninho da Laje,Tuty da Borracharia</t>
   </si>
   <si>
     <t>Concede Títulos de Cidadania Honorária aos cidadãos que indica.</t>
   </si>
   <si>
     <t>Aguardando Discussão e Votação Únicas de Emenda(s)</t>
   </si>
   <si>
+    <t>Projeto de Lei EM nº 180 de 2025</t>
+  </si>
+  <si>
+    <t>DI GIANNE DE OLIVEIRA NUNES - PREFEITO</t>
+  </si>
+  <si>
+    <t>Autoriza o Executivo Municipal a Abrir Crédito Suplementar ao Orçamento Vigente do Município de Lagoa da Prata no valor de R$ 399.200,00.</t>
+  </si>
+  <si>
+    <t>Aguardando Discussão e Votação Únicas</t>
+  </si>
+  <si>
     <t>Projeto de Lei Complementar - EM  nº 5 de 2025</t>
   </si>
   <si>
-    <t>DI GIANNE DE OLIVEIRA NUNES - PREFEITO</t>
-[...1 lines deleted...]
-  <si>
     <t>Altera a Lei Complementar nº 003, de 22 de Maio de 1991.</t>
-  </si>
-[...7 lines deleted...]
-    <t>Autoriza o Executivo Municipal a Abrir Crédito Suplementar ao Orçamento Vigente do Município de Lagoa da Prata no valor de R$ 399.200,00.</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar - EM  nº 6 de 2025</t>
   </si>
   <si>
     <t>“REGULAMENTA AS ELEIÇÕES DE DIRETOR E VICE DIREITOR DAS UNIDADES ESCOLARES DA REDE MUNICIPAL DE EDUCAÇÃO DE LAGOA DA PRATA-MG E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>Aguardando Parecer</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
@@ -461,71 +461,71 @@
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
         <v>8703</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>8663</v>
+        <v>8672</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>13</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>8672</v>
+        <v>8663</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
         <v>8664</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5" t="s">